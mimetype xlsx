--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -4,95 +4,95 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A823EDA0-15B3-4F0F-B46E-A4A8DEF61EBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{98F646C5-8DF7-4372-9D92-04858F1D2FD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{7D3E4C53-25DE-4DF3-994A-BD7C5582586E}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="24240" windowHeight="13020" firstSheet="1" activeTab="1" xr2:uid="{7D3E4C53-25DE-4DF3-994A-BD7C5582586E}"/>
   </bookViews>
   <sheets>
     <sheet name="【見本】初回" sheetId="1" r:id="rId1"/>
     <sheet name="初回" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">【見本】初回!$A$1:$BC$105</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">初回!$A$1:$AD$115</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K52" i="2" l="1"/>
   <c r="K53" i="2"/>
   <c r="K53" i="1"/>
   <c r="K54" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="180">
   <si>
     <t>ご不明な点があれば、下記にご記入ください</t>
     <rPh sb="1" eb="3">
       <t>フメイ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>テン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>カキ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>10.</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>*ステージ1審査1.5か月前までにはご提出ください。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
@@ -2221,50 +2221,70 @@
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ISO27001</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>*TSC審査登録規則(最新版): TSCのホームページからダウンロードできます。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>【申請者】：
 現在の登録規格にチェックして下さい。
 会社名、住所、代表者の役職、氏名を記入して下さい。
 （原則、契約者名をご記入下さい。）</t>
     <rPh sb="1" eb="3">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>シャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ISO14001</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>TSC審査申込書
+(初回審査申請)</t>
+    <rPh sb="3" eb="5">
+      <t>シンサ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>モウシコミショ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ショカイ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>シンサ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>シンセイ</t>
+    </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#0000"/>
     <numFmt numFmtId="177" formatCode="#000"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="游ゴシック"/>
       <family val="2"/>
@@ -3611,51 +3631,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="570">
+  <cellXfs count="574">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -4546,314 +4566,287 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...250 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4925,50 +4918,77 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
@@ -5450,50 +5470,66 @@
     <xf numFmtId="0" fontId="23" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF7C80"/>
       <color rgb="FFFFCCCC"/>
       <color rgb="FFFF9999"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -6943,84 +6979,84 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>134681</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>55712</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
-      <xdr:colOff>91440</xdr:colOff>
+      <xdr:colOff>88265</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>66165</xdr:rowOff>
+      <xdr:rowOff>69340</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="図 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7186ED28-68FD-67DD-83F3-77EEB3C39915}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="6268781" y="293837"/>
-          <a:ext cx="1294069" cy="492418"/>
+          <a:off x="6230681" y="295908"/>
+          <a:ext cx="1278801" cy="494019"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -7332,206 +7368,206 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninsyo@XXX.co.jp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninsyo@XXX.co.jp" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{141CB081-058C-43A0-95E3-BCA517B5B800}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:BA104"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="AJ7" sqref="AJ7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="59" width="3.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B1" s="56"/>
-      <c r="AA1" s="394">
+      <c r="AA1" s="377">
         <v>20250715</v>
       </c>
-      <c r="AB1" s="395"/>
-[...2 lines deleted...]
-    <row r="2" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="AB1" s="378"/>
+      <c r="AC1" s="378"/>
+    </row>
+    <row r="2" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B2" s="216" t="s">
         <v>168</v>
       </c>
       <c r="C2" s="217"/>
       <c r="D2" s="217"/>
       <c r="E2" s="217"/>
       <c r="F2" s="217"/>
       <c r="G2" s="217"/>
       <c r="H2" s="217"/>
       <c r="I2" s="217"/>
       <c r="J2" s="217"/>
       <c r="K2" s="217"/>
       <c r="L2" s="217"/>
       <c r="M2" s="218"/>
     </row>
-    <row r="3" spans="2:53" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="3" spans="2:53" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B3" s="219"/>
       <c r="C3" s="220"/>
       <c r="D3" s="220"/>
       <c r="E3" s="220"/>
       <c r="F3" s="220"/>
       <c r="G3" s="220"/>
       <c r="H3" s="220"/>
       <c r="I3" s="220"/>
       <c r="J3" s="220"/>
       <c r="K3" s="220"/>
       <c r="L3" s="220"/>
       <c r="M3" s="221"/>
     </row>
-    <row r="4" spans="2:53" ht="12" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="2:53" ht="12" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B4" s="55" t="s">
         <v>169</v>
       </c>
       <c r="X4" s="48"/>
     </row>
-    <row r="5" spans="2:53" ht="12" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="2:53" ht="12" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B5" s="55"/>
       <c r="U5" s="53"/>
       <c r="V5" s="54" t="s">
         <v>148</v>
       </c>
       <c r="W5" s="243" t="s">
         <v>147</v>
       </c>
       <c r="X5" s="243"/>
       <c r="Y5" s="53" t="s">
         <v>61</v>
       </c>
       <c r="Z5" s="79" t="s">
         <v>145</v>
       </c>
       <c r="AA5" s="53" t="s">
         <v>146</v>
       </c>
       <c r="AB5" s="79" t="s">
         <v>145</v>
       </c>
       <c r="AC5" s="53" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="6" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="6" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B6" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C6" s="51" t="s">
         <v>142</v>
       </c>
       <c r="AF6" s="52"/>
       <c r="AG6" s="51"/>
     </row>
-    <row r="7" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="7" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="D7" s="50" t="s">
         <v>141</v>
       </c>
       <c r="E7" s="80" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="48" t="s">
         <v>174</v>
       </c>
       <c r="J7" s="81"/>
       <c r="K7" s="48" t="s">
         <v>178</v>
       </c>
       <c r="O7" s="81"/>
       <c r="P7" s="53" t="s">
         <v>175</v>
       </c>
       <c r="Q7" s="48"/>
       <c r="AA7" s="46"/>
     </row>
-    <row r="8" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="8" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="D8" s="50"/>
       <c r="E8" s="82"/>
       <c r="F8" s="48"/>
       <c r="I8" s="49"/>
       <c r="J8" s="48"/>
       <c r="S8" s="47"/>
       <c r="AF8" s="46"/>
     </row>
-    <row r="9" spans="2:53" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="9" spans="2:53" ht="15" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B9" s="155" t="s">
         <v>140</v>
       </c>
       <c r="C9" s="155" t="s">
         <v>139</v>
       </c>
       <c r="D9" s="228" t="s">
         <v>91</v>
       </c>
       <c r="E9" s="229"/>
       <c r="F9" s="236" t="s">
         <v>138</v>
       </c>
       <c r="G9" s="236"/>
       <c r="H9" s="236"/>
       <c r="I9" s="236"/>
       <c r="J9" s="236"/>
       <c r="K9" s="236"/>
       <c r="L9" s="236"/>
       <c r="M9" s="236"/>
       <c r="N9" s="236"/>
       <c r="O9" s="236"/>
       <c r="P9" s="236"/>
       <c r="Q9" s="236"/>
       <c r="R9" s="236"/>
       <c r="S9" s="236"/>
       <c r="T9" s="236"/>
       <c r="U9" s="236"/>
       <c r="V9" s="236"/>
       <c r="W9" s="236"/>
       <c r="X9" s="236"/>
       <c r="Y9" s="236"/>
       <c r="Z9" s="236"/>
       <c r="AA9" s="236"/>
       <c r="AB9" s="236"/>
       <c r="AC9" s="237"/>
       <c r="AE9" s="83"/>
       <c r="AF9" s="46"/>
     </row>
-    <row r="10" spans="2:53" ht="18.600000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="10" spans="2:53" ht="18.649999999999999" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B10" s="156"/>
       <c r="C10" s="156"/>
       <c r="D10" s="230" t="s">
         <v>137</v>
       </c>
       <c r="E10" s="231"/>
       <c r="F10" s="231"/>
       <c r="G10" s="231"/>
       <c r="H10" s="231"/>
       <c r="I10" s="231"/>
       <c r="J10" s="231"/>
       <c r="K10" s="231"/>
       <c r="L10" s="231"/>
       <c r="M10" s="231"/>
       <c r="N10" s="231"/>
       <c r="O10" s="231"/>
       <c r="P10" s="231"/>
       <c r="Q10" s="231"/>
       <c r="R10" s="231"/>
       <c r="S10" s="231"/>
       <c r="T10" s="231"/>
       <c r="U10" s="231"/>
       <c r="V10" s="231"/>
       <c r="W10" s="231"/>
       <c r="X10" s="231"/>
@@ -7543,51 +7579,51 @@
       <c r="AE10" s="84"/>
       <c r="AF10" s="46"/>
       <c r="AH10" s="257" t="s">
         <v>177</v>
       </c>
       <c r="AI10" s="258"/>
       <c r="AJ10" s="258"/>
       <c r="AK10" s="258"/>
       <c r="AL10" s="258"/>
       <c r="AM10" s="258"/>
       <c r="AN10" s="258"/>
       <c r="AO10" s="258"/>
       <c r="AP10" s="258"/>
       <c r="AQ10" s="258"/>
       <c r="AR10" s="258"/>
       <c r="AS10" s="258"/>
       <c r="AT10" s="258"/>
       <c r="AU10" s="258"/>
       <c r="AV10" s="258"/>
       <c r="AW10" s="258"/>
       <c r="AX10" s="258"/>
       <c r="AY10" s="258"/>
       <c r="AZ10" s="258"/>
       <c r="BA10" s="259"/>
     </row>
-    <row r="11" spans="2:53" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="11" spans="2:53" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B11" s="156"/>
       <c r="C11" s="157"/>
       <c r="D11" s="233"/>
       <c r="E11" s="234"/>
       <c r="F11" s="234"/>
       <c r="G11" s="234"/>
       <c r="H11" s="234"/>
       <c r="I11" s="234"/>
       <c r="J11" s="234"/>
       <c r="K11" s="234"/>
       <c r="L11" s="234"/>
       <c r="M11" s="234"/>
       <c r="N11" s="234"/>
       <c r="O11" s="234"/>
       <c r="P11" s="234"/>
       <c r="Q11" s="234"/>
       <c r="R11" s="234"/>
       <c r="S11" s="234"/>
       <c r="T11" s="234"/>
       <c r="U11" s="234"/>
       <c r="V11" s="234"/>
       <c r="W11" s="234"/>
       <c r="X11" s="234"/>
       <c r="Y11" s="234"/>
       <c r="Z11" s="234"/>
@@ -7595,51 +7631,51 @@
       <c r="AB11" s="234"/>
       <c r="AC11" s="235"/>
       <c r="AE11" s="84"/>
       <c r="AF11" s="46"/>
       <c r="AH11" s="260"/>
       <c r="AI11" s="261"/>
       <c r="AJ11" s="261"/>
       <c r="AK11" s="261"/>
       <c r="AL11" s="261"/>
       <c r="AM11" s="261"/>
       <c r="AN11" s="261"/>
       <c r="AO11" s="261"/>
       <c r="AP11" s="261"/>
       <c r="AQ11" s="261"/>
       <c r="AR11" s="261"/>
       <c r="AS11" s="261"/>
       <c r="AT11" s="261"/>
       <c r="AU11" s="261"/>
       <c r="AV11" s="261"/>
       <c r="AW11" s="261"/>
       <c r="AX11" s="261"/>
       <c r="AY11" s="261"/>
       <c r="AZ11" s="261"/>
       <c r="BA11" s="262"/>
     </row>
-    <row r="12" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="12" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B12" s="156"/>
       <c r="C12" s="155" t="s">
         <v>93</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="238" t="s">
         <v>136</v>
       </c>
       <c r="F12" s="239"/>
       <c r="G12" s="25" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="238" t="s">
         <v>46</v>
       </c>
       <c r="I12" s="239"/>
       <c r="J12" s="194"/>
       <c r="K12" s="195"/>
       <c r="L12" s="195"/>
       <c r="M12" s="195"/>
       <c r="N12" s="195"/>
       <c r="O12" s="195"/>
       <c r="P12" s="195"/>
@@ -7656,51 +7692,51 @@
       <c r="AA12" s="195"/>
       <c r="AB12" s="195"/>
       <c r="AC12" s="196"/>
       <c r="AE12" s="84"/>
       <c r="AH12" s="260"/>
       <c r="AI12" s="261"/>
       <c r="AJ12" s="261"/>
       <c r="AK12" s="261"/>
       <c r="AL12" s="261"/>
       <c r="AM12" s="261"/>
       <c r="AN12" s="261"/>
       <c r="AO12" s="261"/>
       <c r="AP12" s="261"/>
       <c r="AQ12" s="261"/>
       <c r="AR12" s="261"/>
       <c r="AS12" s="261"/>
       <c r="AT12" s="261"/>
       <c r="AU12" s="261"/>
       <c r="AV12" s="261"/>
       <c r="AW12" s="261"/>
       <c r="AX12" s="261"/>
       <c r="AY12" s="261"/>
       <c r="AZ12" s="261"/>
       <c r="BA12" s="262"/>
     </row>
-    <row r="13" spans="2:53" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="13" spans="2:53" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B13" s="156"/>
       <c r="C13" s="157"/>
       <c r="D13" s="240" t="s">
         <v>135</v>
       </c>
       <c r="E13" s="241"/>
       <c r="F13" s="241"/>
       <c r="G13" s="241"/>
       <c r="H13" s="241"/>
       <c r="I13" s="241"/>
       <c r="J13" s="241"/>
       <c r="K13" s="241"/>
       <c r="L13" s="241"/>
       <c r="M13" s="241"/>
       <c r="N13" s="241"/>
       <c r="O13" s="241"/>
       <c r="P13" s="241"/>
       <c r="Q13" s="241"/>
       <c r="R13" s="241"/>
       <c r="S13" s="241"/>
       <c r="T13" s="241"/>
       <c r="U13" s="241"/>
       <c r="V13" s="241"/>
       <c r="W13" s="241"/>
       <c r="X13" s="241"/>
@@ -7709,447 +7745,447 @@
       <c r="AA13" s="241"/>
       <c r="AB13" s="241"/>
       <c r="AC13" s="242"/>
       <c r="AE13" s="84"/>
       <c r="AH13" s="263"/>
       <c r="AI13" s="264"/>
       <c r="AJ13" s="264"/>
       <c r="AK13" s="264"/>
       <c r="AL13" s="264"/>
       <c r="AM13" s="264"/>
       <c r="AN13" s="264"/>
       <c r="AO13" s="264"/>
       <c r="AP13" s="264"/>
       <c r="AQ13" s="264"/>
       <c r="AR13" s="264"/>
       <c r="AS13" s="264"/>
       <c r="AT13" s="264"/>
       <c r="AU13" s="264"/>
       <c r="AV13" s="264"/>
       <c r="AW13" s="264"/>
       <c r="AX13" s="264"/>
       <c r="AY13" s="264"/>
       <c r="AZ13" s="264"/>
       <c r="BA13" s="265"/>
     </row>
-    <row r="14" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="14" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B14" s="156"/>
       <c r="C14" s="191" t="s">
         <v>134</v>
       </c>
       <c r="D14" s="244" t="s">
         <v>133</v>
       </c>
       <c r="E14" s="245"/>
       <c r="F14" s="245"/>
       <c r="G14" s="245"/>
       <c r="H14" s="191" t="s">
         <v>132</v>
       </c>
       <c r="I14" s="228" t="s">
         <v>91</v>
       </c>
       <c r="J14" s="229"/>
-      <c r="K14" s="372" t="s">
+      <c r="K14" s="353" t="s">
         <v>131</v>
       </c>
-      <c r="L14" s="372"/>
-[...16 lines deleted...]
-      <c r="AC14" s="373"/>
+      <c r="L14" s="353"/>
+      <c r="M14" s="353"/>
+      <c r="N14" s="353"/>
+      <c r="O14" s="353"/>
+      <c r="P14" s="353"/>
+      <c r="Q14" s="353"/>
+      <c r="R14" s="353"/>
+      <c r="S14" s="353"/>
+      <c r="T14" s="353"/>
+      <c r="U14" s="353"/>
+      <c r="V14" s="353"/>
+      <c r="W14" s="353"/>
+      <c r="X14" s="353"/>
+      <c r="Y14" s="353"/>
+      <c r="Z14" s="353"/>
+      <c r="AA14" s="353"/>
+      <c r="AB14" s="353"/>
+      <c r="AC14" s="354"/>
       <c r="AE14" s="84"/>
       <c r="AH14" s="9"/>
       <c r="AI14" s="9"/>
       <c r="AJ14" s="9"/>
       <c r="AK14" s="9"/>
       <c r="AL14" s="9"/>
       <c r="AM14" s="9"/>
       <c r="AN14" s="9"/>
       <c r="AO14" s="9"/>
       <c r="AP14" s="9"/>
       <c r="AQ14" s="9"/>
       <c r="AR14" s="9"/>
       <c r="AS14" s="9"/>
       <c r="AT14" s="9"/>
       <c r="AU14" s="9"/>
       <c r="AV14" s="9"/>
       <c r="AW14" s="9"/>
       <c r="AX14" s="9"/>
       <c r="AY14" s="9"/>
       <c r="AZ14" s="9"/>
       <c r="BA14" s="9"/>
     </row>
-    <row r="15" spans="2:53" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="15" spans="2:53" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B15" s="156"/>
       <c r="C15" s="192"/>
       <c r="D15" s="201"/>
       <c r="E15" s="202"/>
       <c r="F15" s="202"/>
       <c r="G15" s="202"/>
       <c r="H15" s="192"/>
-      <c r="I15" s="366" t="s">
+      <c r="I15" s="347" t="s">
         <v>130</v>
       </c>
-      <c r="J15" s="367"/>
-[...18 lines deleted...]
-      <c r="AC15" s="368"/>
+      <c r="J15" s="348"/>
+      <c r="K15" s="348"/>
+      <c r="L15" s="348"/>
+      <c r="M15" s="348"/>
+      <c r="N15" s="348"/>
+      <c r="O15" s="348"/>
+      <c r="P15" s="348"/>
+      <c r="Q15" s="348"/>
+      <c r="R15" s="348"/>
+      <c r="S15" s="348"/>
+      <c r="T15" s="348"/>
+      <c r="U15" s="348"/>
+      <c r="V15" s="348"/>
+      <c r="W15" s="348"/>
+      <c r="X15" s="348"/>
+      <c r="Y15" s="348"/>
+      <c r="Z15" s="348"/>
+      <c r="AA15" s="348"/>
+      <c r="AB15" s="348"/>
+      <c r="AC15" s="349"/>
       <c r="AE15" s="84"/>
       <c r="AH15" s="9"/>
       <c r="AI15" s="9"/>
       <c r="AJ15" s="9"/>
       <c r="AK15" s="9"/>
       <c r="AL15" s="9"/>
       <c r="AM15" s="9"/>
       <c r="AN15" s="9"/>
       <c r="AO15" s="9"/>
       <c r="AP15" s="9"/>
       <c r="AQ15" s="9"/>
       <c r="AR15" s="9"/>
       <c r="AS15" s="9"/>
       <c r="AT15" s="9"/>
       <c r="AU15" s="9"/>
       <c r="AV15" s="9"/>
       <c r="AW15" s="9"/>
       <c r="AX15" s="9"/>
       <c r="AY15" s="9"/>
       <c r="AZ15" s="9"/>
       <c r="BA15" s="9"/>
     </row>
-    <row r="16" spans="2:53" ht="18.600000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="16" spans="2:53" ht="18.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B16" s="157"/>
       <c r="C16" s="193"/>
       <c r="D16" s="204"/>
       <c r="E16" s="205"/>
       <c r="F16" s="205"/>
       <c r="G16" s="205"/>
       <c r="H16" s="193"/>
-      <c r="I16" s="369"/>
-[...19 lines deleted...]
-      <c r="AC16" s="371"/>
+      <c r="I16" s="350"/>
+      <c r="J16" s="351"/>
+      <c r="K16" s="351"/>
+      <c r="L16" s="351"/>
+      <c r="M16" s="351"/>
+      <c r="N16" s="351"/>
+      <c r="O16" s="351"/>
+      <c r="P16" s="351"/>
+      <c r="Q16" s="351"/>
+      <c r="R16" s="351"/>
+      <c r="S16" s="351"/>
+      <c r="T16" s="351"/>
+      <c r="U16" s="351"/>
+      <c r="V16" s="351"/>
+      <c r="W16" s="351"/>
+      <c r="X16" s="351"/>
+      <c r="Y16" s="351"/>
+      <c r="Z16" s="351"/>
+      <c r="AA16" s="351"/>
+      <c r="AB16" s="351"/>
+      <c r="AC16" s="352"/>
       <c r="AE16" s="86"/>
       <c r="AH16" s="9"/>
       <c r="AI16" s="9"/>
       <c r="AJ16" s="9"/>
       <c r="AK16" s="9"/>
       <c r="AL16" s="9"/>
       <c r="AM16" s="9"/>
       <c r="AN16" s="9"/>
       <c r="AO16" s="9"/>
       <c r="AP16" s="9"/>
       <c r="AQ16" s="9"/>
       <c r="AR16" s="9"/>
       <c r="AS16" s="9"/>
       <c r="AT16" s="9"/>
       <c r="AU16" s="9"/>
       <c r="AV16" s="9"/>
       <c r="AW16" s="9"/>
       <c r="AX16" s="9"/>
       <c r="AY16" s="9"/>
       <c r="AZ16" s="9"/>
       <c r="BA16" s="9"/>
     </row>
-    <row r="17" spans="2:53" ht="11.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="17" spans="2:53" ht="11.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="AH17" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="18" spans="2:53" ht="11.4" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="19" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="18" spans="2:53" ht="11.4" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="19" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B19" s="44" t="s">
         <v>128</v>
       </c>
       <c r="C19" s="43"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
       <c r="I19" s="37"/>
       <c r="J19" s="37"/>
       <c r="K19" s="37"/>
       <c r="L19" s="37"/>
       <c r="M19" s="37"/>
       <c r="N19" s="37"/>
       <c r="O19" s="37"/>
       <c r="P19" s="37"/>
       <c r="Q19" s="37"/>
       <c r="R19" s="37"/>
       <c r="S19" s="37"/>
       <c r="T19" s="37"/>
       <c r="U19" s="37"/>
       <c r="V19" s="37"/>
       <c r="W19" s="37"/>
       <c r="X19" s="37"/>
       <c r="Y19" s="37"/>
       <c r="Z19" s="37"/>
       <c r="AA19" s="37"/>
-      <c r="AB19" s="363" t="s">
+      <c r="AB19" s="344" t="s">
         <v>127</v>
       </c>
-      <c r="AC19" s="363"/>
-[...1 lines deleted...]
-    <row r="20" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="AC19" s="344"/>
+    </row>
+    <row r="20" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B20" s="42">
         <v>1</v>
       </c>
       <c r="C20" s="41" t="s">
         <v>171</v>
       </c>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="40"/>
       <c r="H20" s="40"/>
       <c r="I20" s="40"/>
       <c r="J20" s="40"/>
       <c r="K20" s="40"/>
       <c r="L20" s="40"/>
       <c r="M20" s="40"/>
       <c r="N20" s="40"/>
       <c r="O20" s="40"/>
       <c r="P20" s="40"/>
       <c r="Q20" s="40"/>
       <c r="R20" s="40"/>
       <c r="S20" s="40"/>
       <c r="T20" s="40"/>
       <c r="U20" s="40"/>
       <c r="V20" s="40"/>
       <c r="W20" s="40"/>
       <c r="X20" s="40"/>
       <c r="Y20" s="40"/>
       <c r="Z20" s="40"/>
       <c r="AA20" s="40"/>
       <c r="AB20" s="40"/>
-      <c r="AC20" s="364"/>
-[...1 lines deleted...]
-    <row r="21" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="AC20" s="345"/>
+    </row>
+    <row r="21" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B21" s="39"/>
       <c r="C21" s="38" t="s">
         <v>126</v>
       </c>
       <c r="D21" s="37"/>
       <c r="E21" s="37"/>
       <c r="F21" s="37"/>
       <c r="G21" s="37"/>
       <c r="H21" s="37"/>
       <c r="I21" s="37"/>
       <c r="J21" s="37"/>
       <c r="K21" s="37"/>
       <c r="L21" s="37"/>
       <c r="M21" s="37"/>
       <c r="N21" s="37"/>
       <c r="O21" s="37"/>
       <c r="P21" s="37"/>
       <c r="Q21" s="37"/>
       <c r="R21" s="37"/>
       <c r="S21" s="37"/>
       <c r="T21" s="37"/>
       <c r="U21" s="37"/>
       <c r="V21" s="37"/>
       <c r="W21" s="37"/>
       <c r="X21" s="37"/>
       <c r="Y21" s="37"/>
       <c r="Z21" s="37"/>
       <c r="AA21" s="37"/>
       <c r="AB21" s="37"/>
-      <c r="AC21" s="365"/>
-[...1 lines deleted...]
-    <row r="22" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="AC21" s="346"/>
+    </row>
+    <row r="22" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B22" s="36">
         <v>2</v>
       </c>
       <c r="C22" s="35" t="s">
         <v>170</v>
       </c>
       <c r="D22" s="34"/>
       <c r="E22" s="34"/>
       <c r="F22" s="34"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="34"/>
       <c r="K22" s="34"/>
       <c r="L22" s="34"/>
       <c r="M22" s="34"/>
       <c r="N22" s="34"/>
       <c r="O22" s="34"/>
       <c r="P22" s="34"/>
       <c r="Q22" s="34"/>
       <c r="R22" s="34"/>
       <c r="S22" s="34"/>
       <c r="T22" s="34"/>
       <c r="U22" s="34"/>
       <c r="V22" s="34"/>
       <c r="W22" s="34"/>
       <c r="X22" s="29"/>
       <c r="Y22" s="29"/>
       <c r="Z22" s="29"/>
       <c r="AA22" s="29"/>
       <c r="AB22" s="29"/>
       <c r="AC22" s="144"/>
     </row>
-    <row r="23" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="23" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B23" s="36">
         <v>3</v>
       </c>
       <c r="C23" s="35" t="s">
         <v>172</v>
       </c>
       <c r="D23" s="34"/>
       <c r="E23" s="34"/>
       <c r="F23" s="34"/>
       <c r="G23" s="34"/>
       <c r="H23" s="34"/>
       <c r="I23" s="34"/>
       <c r="J23" s="34"/>
       <c r="K23" s="34"/>
       <c r="L23" s="34"/>
       <c r="M23" s="34"/>
       <c r="N23" s="34"/>
       <c r="O23" s="34"/>
       <c r="P23" s="34"/>
       <c r="Q23" s="34"/>
       <c r="R23" s="34"/>
       <c r="S23" s="34"/>
       <c r="T23" s="34"/>
       <c r="U23" s="34"/>
       <c r="V23" s="34"/>
       <c r="W23" s="34"/>
       <c r="X23" s="29"/>
       <c r="Y23" s="29"/>
       <c r="Z23" s="29"/>
       <c r="AA23" s="29"/>
       <c r="AB23" s="29"/>
       <c r="AC23" s="144"/>
     </row>
-    <row r="24" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="24" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B24" s="36">
         <v>4</v>
       </c>
       <c r="C24" s="35" t="s">
         <v>125</v>
       </c>
       <c r="D24" s="34"/>
       <c r="E24" s="34"/>
       <c r="F24" s="34"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="34"/>
       <c r="K24" s="34"/>
       <c r="L24" s="34"/>
       <c r="M24" s="34"/>
       <c r="N24" s="34"/>
       <c r="O24" s="34"/>
       <c r="P24" s="34"/>
       <c r="Q24" s="34"/>
       <c r="R24" s="34"/>
       <c r="S24" s="34"/>
       <c r="T24" s="34"/>
       <c r="U24" s="34"/>
       <c r="V24" s="34"/>
       <c r="W24" s="34"/>
       <c r="X24" s="29"/>
       <c r="Y24" s="29"/>
       <c r="Z24" s="29"/>
       <c r="AA24" s="29"/>
       <c r="AB24" s="29"/>
       <c r="AC24" s="145"/>
     </row>
-    <row r="25" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="25" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B25" s="27" t="s">
         <v>176</v>
       </c>
       <c r="C25" s="33"/>
     </row>
-    <row r="26" spans="2:53" ht="11.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="26" spans="2:53" ht="11.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="C26" s="33"/>
       <c r="AO26" s="5"/>
     </row>
-    <row r="27" spans="2:53" ht="11.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="27" spans="2:53" ht="11.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B27" s="27"/>
       <c r="C27" s="33"/>
       <c r="X27" s="87"/>
     </row>
-    <row r="29" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="29" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B29" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="30" spans="2:53" ht="38.549999999999997" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="30" spans="2:53" ht="38.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B30" s="167"/>
       <c r="C30" s="168"/>
       <c r="D30" s="169"/>
       <c r="E30" s="170" t="s">
         <v>122</v>
       </c>
       <c r="F30" s="171"/>
       <c r="G30" s="172"/>
       <c r="H30" s="170" t="s">
         <v>94</v>
       </c>
       <c r="I30" s="171"/>
       <c r="J30" s="171"/>
       <c r="K30" s="171"/>
       <c r="L30" s="171"/>
       <c r="M30" s="171"/>
       <c r="N30" s="171"/>
       <c r="O30" s="171"/>
       <c r="P30" s="171"/>
       <c r="Q30" s="172"/>
       <c r="R30" s="170" t="s">
         <v>121</v>
       </c>
       <c r="S30" s="171"/>
       <c r="T30" s="172"/>
@@ -8168,816 +8204,816 @@
       </c>
       <c r="AE30" s="83"/>
       <c r="AH30" s="257" t="s">
         <v>119</v>
       </c>
       <c r="AI30" s="258"/>
       <c r="AJ30" s="258"/>
       <c r="AK30" s="258"/>
       <c r="AL30" s="258"/>
       <c r="AM30" s="258"/>
       <c r="AN30" s="258"/>
       <c r="AO30" s="258"/>
       <c r="AP30" s="258"/>
       <c r="AQ30" s="258"/>
       <c r="AR30" s="258"/>
       <c r="AS30" s="258"/>
       <c r="AT30" s="258"/>
       <c r="AU30" s="258"/>
       <c r="AV30" s="258"/>
       <c r="AW30" s="258"/>
       <c r="AX30" s="258"/>
       <c r="AY30" s="258"/>
       <c r="AZ30" s="258"/>
       <c r="BA30" s="259"/>
     </row>
-    <row r="31" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="31" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B31" s="266" t="s">
         <v>118</v>
       </c>
       <c r="C31" s="267"/>
       <c r="D31" s="268"/>
       <c r="E31" s="207"/>
       <c r="F31" s="208"/>
       <c r="G31" s="209"/>
       <c r="H31" s="197" t="s">
         <v>91</v>
       </c>
       <c r="I31" s="198"/>
-      <c r="J31" s="354"/>
-[...9 lines deleted...]
-      <c r="T31" s="387"/>
+      <c r="J31" s="333"/>
+      <c r="K31" s="333"/>
+      <c r="L31" s="333"/>
+      <c r="M31" s="333"/>
+      <c r="N31" s="333"/>
+      <c r="O31" s="333"/>
+      <c r="P31" s="333"/>
+      <c r="Q31" s="334"/>
+      <c r="R31" s="366"/>
+      <c r="S31" s="367"/>
+      <c r="T31" s="368"/>
       <c r="U31" s="32" t="s">
         <v>90</v>
       </c>
       <c r="V31" s="88"/>
       <c r="W31" s="89" t="s">
         <v>31</v>
       </c>
       <c r="X31" s="89"/>
       <c r="Z31" s="89" t="s">
         <v>31</v>
       </c>
       <c r="AA31" s="31"/>
       <c r="AB31" s="90"/>
-      <c r="AC31" s="374"/>
+      <c r="AC31" s="355"/>
       <c r="AE31" s="84"/>
       <c r="AH31" s="260"/>
       <c r="AI31" s="261"/>
       <c r="AJ31" s="261"/>
       <c r="AK31" s="261"/>
       <c r="AL31" s="261"/>
       <c r="AM31" s="261"/>
       <c r="AN31" s="261"/>
       <c r="AO31" s="261"/>
       <c r="AP31" s="261"/>
       <c r="AQ31" s="261"/>
       <c r="AR31" s="261"/>
       <c r="AS31" s="261"/>
       <c r="AT31" s="261"/>
       <c r="AU31" s="261"/>
       <c r="AV31" s="261"/>
       <c r="AW31" s="261"/>
       <c r="AX31" s="261"/>
       <c r="AY31" s="261"/>
       <c r="AZ31" s="261"/>
       <c r="BA31" s="262"/>
     </row>
-    <row r="32" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="32" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B32" s="269"/>
       <c r="C32" s="270"/>
       <c r="D32" s="271"/>
       <c r="E32" s="210"/>
       <c r="F32" s="211"/>
       <c r="G32" s="212"/>
-      <c r="H32" s="356"/>
-[...11 lines deleted...]
-      <c r="T32" s="390"/>
+      <c r="H32" s="335"/>
+      <c r="I32" s="336"/>
+      <c r="J32" s="336"/>
+      <c r="K32" s="336"/>
+      <c r="L32" s="336"/>
+      <c r="M32" s="336"/>
+      <c r="N32" s="336"/>
+      <c r="O32" s="336"/>
+      <c r="P32" s="336"/>
+      <c r="Q32" s="337"/>
+      <c r="R32" s="369"/>
+      <c r="S32" s="370"/>
+      <c r="T32" s="371"/>
       <c r="U32" s="30" t="s">
         <v>88</v>
       </c>
       <c r="V32" s="91"/>
       <c r="W32" s="20" t="s">
         <v>31</v>
       </c>
       <c r="X32" s="20"/>
       <c r="Y32" s="29"/>
       <c r="Z32" s="20" t="s">
         <v>31</v>
       </c>
       <c r="AA32" s="20"/>
       <c r="AB32" s="90"/>
-      <c r="AC32" s="375"/>
+      <c r="AC32" s="356"/>
       <c r="AE32" s="84"/>
       <c r="AH32" s="260"/>
       <c r="AI32" s="261"/>
       <c r="AJ32" s="261"/>
       <c r="AK32" s="261"/>
       <c r="AL32" s="261"/>
       <c r="AM32" s="261"/>
       <c r="AN32" s="261"/>
       <c r="AO32" s="261"/>
       <c r="AP32" s="261"/>
       <c r="AQ32" s="261"/>
       <c r="AR32" s="261"/>
       <c r="AS32" s="261"/>
       <c r="AT32" s="261"/>
       <c r="AU32" s="261"/>
       <c r="AV32" s="261"/>
       <c r="AW32" s="261"/>
       <c r="AX32" s="261"/>
       <c r="AY32" s="261"/>
       <c r="AZ32" s="261"/>
       <c r="BA32" s="262"/>
     </row>
-    <row r="33" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="33" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B33" s="142" t="s">
         <v>11</v>
       </c>
       <c r="C33" s="272" t="s">
         <v>117</v>
       </c>
       <c r="D33" s="272"/>
       <c r="E33" s="213"/>
       <c r="F33" s="214"/>
       <c r="G33" s="215"/>
-      <c r="H33" s="359"/>
-[...11 lines deleted...]
-      <c r="T33" s="393"/>
+      <c r="H33" s="338"/>
+      <c r="I33" s="339"/>
+      <c r="J33" s="339"/>
+      <c r="K33" s="339"/>
+      <c r="L33" s="339"/>
+      <c r="M33" s="339"/>
+      <c r="N33" s="339"/>
+      <c r="O33" s="339"/>
+      <c r="P33" s="339"/>
+      <c r="Q33" s="340"/>
+      <c r="R33" s="372"/>
+      <c r="S33" s="373"/>
+      <c r="T33" s="374"/>
       <c r="U33" s="28" t="s">
         <v>87</v>
       </c>
       <c r="V33" s="222"/>
       <c r="W33" s="223"/>
       <c r="X33" s="223"/>
       <c r="Y33" s="223"/>
       <c r="Z33" s="223"/>
       <c r="AA33" s="223"/>
       <c r="AB33" s="224"/>
-      <c r="AC33" s="375"/>
+      <c r="AC33" s="356"/>
       <c r="AE33" s="84"/>
       <c r="AH33" s="260"/>
       <c r="AI33" s="261"/>
       <c r="AJ33" s="261"/>
       <c r="AK33" s="261"/>
       <c r="AL33" s="261"/>
       <c r="AM33" s="261"/>
       <c r="AN33" s="261"/>
       <c r="AO33" s="261"/>
       <c r="AP33" s="261"/>
       <c r="AQ33" s="261"/>
       <c r="AR33" s="261"/>
       <c r="AS33" s="261"/>
       <c r="AT33" s="261"/>
       <c r="AU33" s="261"/>
       <c r="AV33" s="261"/>
       <c r="AW33" s="261"/>
       <c r="AX33" s="261"/>
       <c r="AY33" s="261"/>
       <c r="AZ33" s="261"/>
       <c r="BA33" s="262"/>
     </row>
-    <row r="34" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="34" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B34" s="173" t="s">
         <v>116</v>
       </c>
       <c r="C34" s="174"/>
       <c r="D34" s="174"/>
       <c r="E34" s="246" t="s">
         <v>115</v>
       </c>
       <c r="F34" s="247"/>
       <c r="G34" s="248"/>
       <c r="H34" s="197" t="s">
         <v>91</v>
       </c>
       <c r="I34" s="198"/>
       <c r="J34" s="199" t="s">
         <v>114</v>
       </c>
       <c r="K34" s="199"/>
       <c r="L34" s="199"/>
       <c r="M34" s="199"/>
       <c r="N34" s="199"/>
       <c r="O34" s="199"/>
       <c r="P34" s="199"/>
       <c r="Q34" s="200"/>
-      <c r="R34" s="376" t="s">
+      <c r="R34" s="357" t="s">
         <v>108</v>
       </c>
-      <c r="S34" s="377"/>
-      <c r="T34" s="378"/>
+      <c r="S34" s="358"/>
+      <c r="T34" s="359"/>
       <c r="U34" s="92" t="s">
         <v>90</v>
       </c>
       <c r="V34" s="93" t="s">
         <v>106</v>
       </c>
       <c r="W34" s="94" t="s">
         <v>31</v>
       </c>
       <c r="X34" s="95" t="s">
         <v>62</v>
       </c>
       <c r="Y34" s="95" t="s">
         <v>62</v>
       </c>
       <c r="Z34" s="94" t="s">
         <v>31</v>
       </c>
       <c r="AA34" s="95" t="s">
         <v>62</v>
       </c>
       <c r="AB34" s="96" t="s">
         <v>62</v>
       </c>
       <c r="AC34" s="255" t="s">
         <v>11</v>
       </c>
       <c r="AE34" s="84"/>
       <c r="AH34" s="260"/>
       <c r="AI34" s="261"/>
       <c r="AJ34" s="261"/>
       <c r="AK34" s="261"/>
       <c r="AL34" s="261"/>
       <c r="AM34" s="261"/>
       <c r="AN34" s="261"/>
       <c r="AO34" s="261"/>
       <c r="AP34" s="261"/>
       <c r="AQ34" s="261"/>
       <c r="AR34" s="261"/>
       <c r="AS34" s="261"/>
       <c r="AT34" s="261"/>
       <c r="AU34" s="261"/>
       <c r="AV34" s="261"/>
       <c r="AW34" s="261"/>
       <c r="AX34" s="261"/>
       <c r="AY34" s="261"/>
       <c r="AZ34" s="261"/>
       <c r="BA34" s="262"/>
     </row>
-    <row r="35" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="35" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B35" s="175"/>
       <c r="C35" s="176"/>
       <c r="D35" s="176"/>
       <c r="E35" s="249"/>
       <c r="F35" s="250"/>
       <c r="G35" s="251"/>
       <c r="H35" s="201" t="s">
         <v>113</v>
       </c>
       <c r="I35" s="202"/>
       <c r="J35" s="202"/>
       <c r="K35" s="202"/>
       <c r="L35" s="202"/>
       <c r="M35" s="202"/>
       <c r="N35" s="202"/>
       <c r="O35" s="202"/>
       <c r="P35" s="202"/>
       <c r="Q35" s="203"/>
-      <c r="R35" s="379"/>
-[...1 lines deleted...]
-      <c r="T35" s="381"/>
+      <c r="R35" s="360"/>
+      <c r="S35" s="361"/>
+      <c r="T35" s="362"/>
       <c r="U35" s="97" t="s">
         <v>88</v>
       </c>
       <c r="V35" s="98" t="s">
         <v>106</v>
       </c>
       <c r="W35" s="20" t="s">
         <v>31</v>
       </c>
       <c r="X35" s="99" t="s">
         <v>62</v>
       </c>
       <c r="Y35" s="99" t="s">
         <v>62</v>
       </c>
       <c r="Z35" s="20" t="s">
         <v>31</v>
       </c>
       <c r="AA35" s="99" t="s">
         <v>62</v>
       </c>
       <c r="AB35" s="100" t="s">
         <v>62</v>
       </c>
       <c r="AC35" s="256"/>
       <c r="AE35" s="84"/>
       <c r="AH35" s="260"/>
       <c r="AI35" s="261"/>
       <c r="AJ35" s="261"/>
       <c r="AK35" s="261"/>
       <c r="AL35" s="261"/>
       <c r="AM35" s="261"/>
       <c r="AN35" s="261"/>
       <c r="AO35" s="261"/>
       <c r="AP35" s="261"/>
       <c r="AQ35" s="261"/>
       <c r="AR35" s="261"/>
       <c r="AS35" s="261"/>
       <c r="AT35" s="261"/>
       <c r="AU35" s="261"/>
       <c r="AV35" s="261"/>
       <c r="AW35" s="261"/>
       <c r="AX35" s="261"/>
       <c r="AY35" s="261"/>
       <c r="AZ35" s="261"/>
       <c r="BA35" s="262"/>
     </row>
-    <row r="36" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="36" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B36" s="177"/>
       <c r="C36" s="178"/>
       <c r="D36" s="178"/>
       <c r="E36" s="252"/>
       <c r="F36" s="253"/>
       <c r="G36" s="254"/>
       <c r="H36" s="204"/>
       <c r="I36" s="205"/>
       <c r="J36" s="205"/>
       <c r="K36" s="205"/>
       <c r="L36" s="205"/>
       <c r="M36" s="205"/>
       <c r="N36" s="205"/>
       <c r="O36" s="205"/>
       <c r="P36" s="205"/>
       <c r="Q36" s="206"/>
-      <c r="R36" s="382"/>
-[...1 lines deleted...]
-      <c r="T36" s="384"/>
+      <c r="R36" s="363"/>
+      <c r="S36" s="364"/>
+      <c r="T36" s="365"/>
       <c r="U36" s="101" t="s">
         <v>87</v>
       </c>
       <c r="V36" s="225" t="s">
         <v>112</v>
       </c>
       <c r="W36" s="226"/>
       <c r="X36" s="226"/>
       <c r="Y36" s="226"/>
       <c r="Z36" s="226"/>
       <c r="AA36" s="226"/>
       <c r="AB36" s="227"/>
       <c r="AC36" s="256"/>
       <c r="AE36" s="84"/>
       <c r="AH36" s="260"/>
       <c r="AI36" s="261"/>
       <c r="AJ36" s="261"/>
       <c r="AK36" s="261"/>
       <c r="AL36" s="261"/>
       <c r="AM36" s="261"/>
       <c r="AN36" s="261"/>
       <c r="AO36" s="261"/>
       <c r="AP36" s="261"/>
       <c r="AQ36" s="261"/>
       <c r="AR36" s="261"/>
       <c r="AS36" s="261"/>
       <c r="AT36" s="261"/>
       <c r="AU36" s="261"/>
       <c r="AV36" s="261"/>
       <c r="AW36" s="261"/>
       <c r="AX36" s="261"/>
       <c r="AY36" s="261"/>
       <c r="AZ36" s="261"/>
       <c r="BA36" s="262"/>
     </row>
-    <row r="37" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="37" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B37" s="173" t="s">
         <v>111</v>
       </c>
       <c r="C37" s="174"/>
       <c r="D37" s="174"/>
       <c r="E37" s="246" t="s">
         <v>110</v>
       </c>
       <c r="F37" s="247"/>
       <c r="G37" s="248"/>
       <c r="H37" s="197" t="s">
         <v>91</v>
       </c>
       <c r="I37" s="198"/>
       <c r="J37" s="199" t="s">
         <v>109</v>
       </c>
       <c r="K37" s="199"/>
       <c r="L37" s="199"/>
       <c r="M37" s="199"/>
       <c r="N37" s="199"/>
       <c r="O37" s="199"/>
       <c r="P37" s="199"/>
       <c r="Q37" s="200"/>
-      <c r="R37" s="376" t="s">
+      <c r="R37" s="357" t="s">
         <v>108</v>
       </c>
-      <c r="S37" s="377"/>
-      <c r="T37" s="378"/>
+      <c r="S37" s="358"/>
+      <c r="T37" s="359"/>
       <c r="U37" s="92" t="s">
         <v>90</v>
       </c>
       <c r="V37" s="102" t="s">
         <v>106</v>
       </c>
       <c r="W37" s="94" t="s">
         <v>31</v>
       </c>
       <c r="X37" s="95" t="s">
         <v>62</v>
       </c>
       <c r="Y37" s="95" t="s">
         <v>62</v>
       </c>
       <c r="Z37" s="94" t="s">
         <v>31</v>
       </c>
       <c r="AA37" s="95" t="s">
         <v>62</v>
       </c>
       <c r="AB37" s="96" t="s">
         <v>62</v>
       </c>
-      <c r="AC37" s="352"/>
+      <c r="AC37" s="331"/>
       <c r="AE37" s="84"/>
       <c r="AH37" s="260"/>
       <c r="AI37" s="261"/>
       <c r="AJ37" s="261"/>
       <c r="AK37" s="261"/>
       <c r="AL37" s="261"/>
       <c r="AM37" s="261"/>
       <c r="AN37" s="261"/>
       <c r="AO37" s="261"/>
       <c r="AP37" s="261"/>
       <c r="AQ37" s="261"/>
       <c r="AR37" s="261"/>
       <c r="AS37" s="261"/>
       <c r="AT37" s="261"/>
       <c r="AU37" s="261"/>
       <c r="AV37" s="261"/>
       <c r="AW37" s="261"/>
       <c r="AX37" s="261"/>
       <c r="AY37" s="261"/>
       <c r="AZ37" s="261"/>
       <c r="BA37" s="262"/>
     </row>
-    <row r="38" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="38" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B38" s="175"/>
       <c r="C38" s="176"/>
       <c r="D38" s="176"/>
       <c r="E38" s="249"/>
       <c r="F38" s="250"/>
       <c r="G38" s="251"/>
       <c r="H38" s="201" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="202"/>
       <c r="J38" s="202"/>
       <c r="K38" s="202"/>
       <c r="L38" s="202"/>
       <c r="M38" s="202"/>
       <c r="N38" s="202"/>
       <c r="O38" s="202"/>
       <c r="P38" s="202"/>
       <c r="Q38" s="203"/>
-      <c r="R38" s="379"/>
-[...1 lines deleted...]
-      <c r="T38" s="381"/>
+      <c r="R38" s="360"/>
+      <c r="S38" s="361"/>
+      <c r="T38" s="362"/>
       <c r="U38" s="97" t="s">
         <v>88</v>
       </c>
       <c r="V38" s="98" t="s">
         <v>106</v>
       </c>
       <c r="W38" s="20" t="s">
         <v>31</v>
       </c>
       <c r="X38" s="99" t="s">
         <v>62</v>
       </c>
       <c r="Y38" s="99" t="s">
         <v>62</v>
       </c>
       <c r="Z38" s="20" t="s">
         <v>31</v>
       </c>
       <c r="AA38" s="99" t="s">
         <v>62</v>
       </c>
       <c r="AB38" s="100" t="s">
         <v>62</v>
       </c>
-      <c r="AC38" s="353"/>
+      <c r="AC38" s="332"/>
       <c r="AE38" s="84"/>
       <c r="AH38" s="260"/>
       <c r="AI38" s="261"/>
       <c r="AJ38" s="261"/>
       <c r="AK38" s="261"/>
       <c r="AL38" s="261"/>
       <c r="AM38" s="261"/>
       <c r="AN38" s="261"/>
       <c r="AO38" s="261"/>
       <c r="AP38" s="261"/>
       <c r="AQ38" s="261"/>
       <c r="AR38" s="261"/>
       <c r="AS38" s="261"/>
       <c r="AT38" s="261"/>
       <c r="AU38" s="261"/>
       <c r="AV38" s="261"/>
       <c r="AW38" s="261"/>
       <c r="AX38" s="261"/>
       <c r="AY38" s="261"/>
       <c r="AZ38" s="261"/>
       <c r="BA38" s="262"/>
     </row>
-    <row r="39" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="39" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B39" s="177"/>
       <c r="C39" s="178"/>
       <c r="D39" s="178"/>
       <c r="E39" s="252"/>
       <c r="F39" s="253"/>
       <c r="G39" s="254"/>
       <c r="H39" s="204"/>
       <c r="I39" s="205"/>
       <c r="J39" s="205"/>
       <c r="K39" s="205"/>
       <c r="L39" s="205"/>
       <c r="M39" s="205"/>
       <c r="N39" s="205"/>
       <c r="O39" s="205"/>
       <c r="P39" s="205"/>
       <c r="Q39" s="206"/>
-      <c r="R39" s="382"/>
-[...1 lines deleted...]
-      <c r="T39" s="384"/>
+      <c r="R39" s="363"/>
+      <c r="S39" s="364"/>
+      <c r="T39" s="365"/>
       <c r="U39" s="101" t="s">
         <v>87</v>
       </c>
       <c r="V39" s="225" t="s">
         <v>105</v>
       </c>
       <c r="W39" s="226"/>
       <c r="X39" s="226"/>
       <c r="Y39" s="226"/>
       <c r="Z39" s="226"/>
       <c r="AA39" s="226"/>
       <c r="AB39" s="227"/>
-      <c r="AC39" s="353"/>
+      <c r="AC39" s="332"/>
       <c r="AE39" s="86"/>
       <c r="AH39" s="263"/>
       <c r="AI39" s="264"/>
       <c r="AJ39" s="264"/>
       <c r="AK39" s="264"/>
       <c r="AL39" s="264"/>
       <c r="AM39" s="264"/>
       <c r="AN39" s="264"/>
       <c r="AO39" s="264"/>
       <c r="AP39" s="264"/>
       <c r="AQ39" s="264"/>
       <c r="AR39" s="264"/>
       <c r="AS39" s="264"/>
       <c r="AT39" s="264"/>
       <c r="AU39" s="264"/>
       <c r="AV39" s="264"/>
       <c r="AW39" s="264"/>
       <c r="AX39" s="264"/>
       <c r="AY39" s="264"/>
       <c r="AZ39" s="264"/>
       <c r="BA39" s="265"/>
     </row>
-    <row r="40" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="40" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B40" s="10" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="41" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="41" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B41" s="27"/>
     </row>
-    <row r="42" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="42" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B42" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I42" s="12"/>
     </row>
-    <row r="43" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B43" s="396" t="s">
+    <row r="43" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B43" s="387" t="s">
         <v>101</v>
       </c>
-      <c r="C43" s="397"/>
-      <c r="D43" s="398"/>
+      <c r="C43" s="388"/>
+      <c r="D43" s="389"/>
       <c r="E43" s="103"/>
-      <c r="F43" s="402" t="s">
+      <c r="F43" s="393" t="s">
         <v>100</v>
       </c>
-      <c r="G43" s="403"/>
-[...21 lines deleted...]
-      <c r="AC43" s="404"/>
+      <c r="G43" s="394"/>
+      <c r="H43" s="394"/>
+      <c r="I43" s="394"/>
+      <c r="J43" s="394"/>
+      <c r="K43" s="394"/>
+      <c r="L43" s="394"/>
+      <c r="M43" s="394"/>
+      <c r="N43" s="394"/>
+      <c r="O43" s="394"/>
+      <c r="P43" s="394"/>
+      <c r="Q43" s="394"/>
+      <c r="R43" s="394"/>
+      <c r="S43" s="394"/>
+      <c r="T43" s="394"/>
+      <c r="U43" s="394"/>
+      <c r="V43" s="394"/>
+      <c r="W43" s="394"/>
+      <c r="X43" s="394"/>
+      <c r="Y43" s="394"/>
+      <c r="Z43" s="394"/>
+      <c r="AA43" s="394"/>
+      <c r="AB43" s="394"/>
+      <c r="AC43" s="395"/>
       <c r="AE43" s="83"/>
       <c r="AH43" s="257" t="s">
         <v>99</v>
       </c>
       <c r="AI43" s="292"/>
       <c r="AJ43" s="292"/>
       <c r="AK43" s="292"/>
       <c r="AL43" s="292"/>
       <c r="AM43" s="292"/>
       <c r="AN43" s="292"/>
       <c r="AO43" s="292"/>
       <c r="AP43" s="292"/>
       <c r="AQ43" s="292"/>
       <c r="AR43" s="292"/>
       <c r="AS43" s="292"/>
       <c r="AT43" s="292"/>
       <c r="AU43" s="292"/>
       <c r="AV43" s="292"/>
       <c r="AW43" s="292"/>
       <c r="AX43" s="292"/>
       <c r="AY43" s="292"/>
       <c r="AZ43" s="292"/>
       <c r="BA43" s="293"/>
     </row>
-    <row r="44" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D44" s="401"/>
+    <row r="44" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B44" s="390"/>
+      <c r="C44" s="391"/>
+      <c r="D44" s="392"/>
       <c r="E44" s="80" t="s">
         <v>11</v>
       </c>
-      <c r="F44" s="402" t="s">
+      <c r="F44" s="393" t="s">
         <v>98</v>
       </c>
-      <c r="G44" s="403"/>
-[...21 lines deleted...]
-      <c r="AC44" s="404"/>
+      <c r="G44" s="394"/>
+      <c r="H44" s="394"/>
+      <c r="I44" s="394"/>
+      <c r="J44" s="394"/>
+      <c r="K44" s="394"/>
+      <c r="L44" s="394"/>
+      <c r="M44" s="394"/>
+      <c r="N44" s="394"/>
+      <c r="O44" s="394"/>
+      <c r="P44" s="394"/>
+      <c r="Q44" s="394"/>
+      <c r="R44" s="394"/>
+      <c r="S44" s="394"/>
+      <c r="T44" s="394"/>
+      <c r="U44" s="394"/>
+      <c r="V44" s="394"/>
+      <c r="W44" s="394"/>
+      <c r="X44" s="394"/>
+      <c r="Y44" s="394"/>
+      <c r="Z44" s="394"/>
+      <c r="AA44" s="394"/>
+      <c r="AB44" s="394"/>
+      <c r="AC44" s="395"/>
       <c r="AE44" s="84"/>
       <c r="AH44" s="294"/>
       <c r="AI44" s="295"/>
       <c r="AJ44" s="295"/>
       <c r="AK44" s="295"/>
       <c r="AL44" s="295"/>
       <c r="AM44" s="295"/>
       <c r="AN44" s="295"/>
       <c r="AO44" s="295"/>
       <c r="AP44" s="295"/>
       <c r="AQ44" s="295"/>
       <c r="AR44" s="295"/>
       <c r="AS44" s="295"/>
       <c r="AT44" s="295"/>
       <c r="AU44" s="295"/>
       <c r="AV44" s="295"/>
       <c r="AW44" s="295"/>
       <c r="AX44" s="295"/>
       <c r="AY44" s="295"/>
       <c r="AZ44" s="295"/>
       <c r="BA44" s="296"/>
     </row>
-    <row r="45" spans="2:53" ht="24" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B45" s="396" t="s">
+    <row r="45" spans="2:53" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B45" s="387" t="s">
         <v>97</v>
       </c>
-      <c r="C45" s="397"/>
-      <c r="D45" s="398"/>
+      <c r="C45" s="388"/>
+      <c r="D45" s="389"/>
       <c r="E45" s="300" t="s">
         <v>96</v>
       </c>
       <c r="F45" s="301"/>
       <c r="G45" s="301"/>
       <c r="H45" s="301"/>
-      <c r="I45" s="402"/>
-[...19 lines deleted...]
-      <c r="AC45" s="404"/>
+      <c r="I45" s="393"/>
+      <c r="J45" s="394"/>
+      <c r="K45" s="394"/>
+      <c r="L45" s="394"/>
+      <c r="M45" s="394"/>
+      <c r="N45" s="394"/>
+      <c r="O45" s="394"/>
+      <c r="P45" s="394"/>
+      <c r="Q45" s="394"/>
+      <c r="R45" s="394"/>
+      <c r="S45" s="394"/>
+      <c r="T45" s="394"/>
+      <c r="U45" s="394"/>
+      <c r="V45" s="394"/>
+      <c r="W45" s="394"/>
+      <c r="X45" s="394"/>
+      <c r="Y45" s="394"/>
+      <c r="Z45" s="394"/>
+      <c r="AA45" s="394"/>
+      <c r="AB45" s="394"/>
+      <c r="AC45" s="395"/>
       <c r="AE45" s="84"/>
       <c r="AH45" s="294"/>
       <c r="AI45" s="295"/>
       <c r="AJ45" s="295"/>
       <c r="AK45" s="295"/>
       <c r="AL45" s="295"/>
       <c r="AM45" s="295"/>
       <c r="AN45" s="295"/>
       <c r="AO45" s="295"/>
       <c r="AP45" s="295"/>
       <c r="AQ45" s="295"/>
       <c r="AR45" s="295"/>
       <c r="AS45" s="295"/>
       <c r="AT45" s="295"/>
       <c r="AU45" s="295"/>
       <c r="AV45" s="295"/>
       <c r="AW45" s="295"/>
       <c r="AX45" s="295"/>
       <c r="AY45" s="295"/>
       <c r="AZ45" s="295"/>
       <c r="BA45" s="296"/>
     </row>
-    <row r="46" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D46" s="407"/>
+    <row r="46" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="396"/>
+      <c r="C46" s="397"/>
+      <c r="D46" s="398"/>
       <c r="E46" s="184" t="s">
         <v>95</v>
       </c>
       <c r="F46" s="185"/>
       <c r="G46" s="185"/>
       <c r="H46" s="186"/>
       <c r="I46" s="184" t="s">
         <v>94</v>
       </c>
       <c r="J46" s="185"/>
       <c r="K46" s="185"/>
       <c r="L46" s="185"/>
       <c r="M46" s="185"/>
       <c r="N46" s="185"/>
       <c r="O46" s="186"/>
       <c r="P46" s="134" t="s">
         <v>93</v>
       </c>
       <c r="Q46" s="135"/>
       <c r="R46" s="135"/>
       <c r="S46" s="135"/>
       <c r="T46" s="135"/>
       <c r="U46" s="135"/>
       <c r="V46" s="136"/>
       <c r="W46" s="170" t="s">
@@ -8989,576 +9025,576 @@
       <c r="AA46" s="171"/>
       <c r="AB46" s="171"/>
       <c r="AC46" s="172"/>
       <c r="AE46" s="84"/>
       <c r="AH46" s="294"/>
       <c r="AI46" s="295"/>
       <c r="AJ46" s="295"/>
       <c r="AK46" s="295"/>
       <c r="AL46" s="295"/>
       <c r="AM46" s="295"/>
       <c r="AN46" s="295"/>
       <c r="AO46" s="295"/>
       <c r="AP46" s="295"/>
       <c r="AQ46" s="295"/>
       <c r="AR46" s="295"/>
       <c r="AS46" s="295"/>
       <c r="AT46" s="295"/>
       <c r="AU46" s="295"/>
       <c r="AV46" s="295"/>
       <c r="AW46" s="295"/>
       <c r="AX46" s="295"/>
       <c r="AY46" s="295"/>
       <c r="AZ46" s="295"/>
       <c r="BA46" s="296"/>
     </row>
-    <row r="47" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="H47" s="410"/>
+    <row r="47" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B47" s="396"/>
+      <c r="C47" s="397"/>
+      <c r="D47" s="398"/>
+      <c r="E47" s="399"/>
+      <c r="F47" s="400"/>
+      <c r="G47" s="400"/>
+      <c r="H47" s="401"/>
       <c r="I47" s="197" t="s">
         <v>91</v>
       </c>
       <c r="J47" s="198"/>
       <c r="K47" s="198"/>
       <c r="L47" s="198"/>
       <c r="M47" s="198"/>
       <c r="N47" s="198"/>
-      <c r="O47" s="411"/>
+      <c r="O47" s="402"/>
       <c r="P47" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="Q47" s="360"/>
-      <c r="R47" s="412"/>
+      <c r="Q47" s="341"/>
+      <c r="R47" s="403"/>
       <c r="S47" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="T47" s="360"/>
-[...1 lines deleted...]
-      <c r="V47" s="362"/>
+      <c r="T47" s="341"/>
+      <c r="U47" s="342"/>
+      <c r="V47" s="343"/>
       <c r="W47" s="24" t="s">
         <v>90</v>
       </c>
       <c r="X47" s="104"/>
       <c r="Y47" s="23" t="s">
         <v>31</v>
       </c>
       <c r="Z47" s="23"/>
       <c r="AA47" s="23" t="s">
         <v>31</v>
       </c>
       <c r="AB47" s="23"/>
       <c r="AC47" s="22"/>
       <c r="AE47" s="84"/>
       <c r="AH47" s="294"/>
       <c r="AI47" s="295"/>
       <c r="AJ47" s="295"/>
       <c r="AK47" s="295"/>
       <c r="AL47" s="295"/>
       <c r="AM47" s="295"/>
       <c r="AN47" s="295"/>
       <c r="AO47" s="295"/>
       <c r="AP47" s="295"/>
       <c r="AQ47" s="295"/>
       <c r="AR47" s="295"/>
       <c r="AS47" s="295"/>
       <c r="AT47" s="295"/>
       <c r="AU47" s="295"/>
       <c r="AV47" s="295"/>
       <c r="AW47" s="295"/>
       <c r="AX47" s="295"/>
       <c r="AY47" s="295"/>
       <c r="AZ47" s="295"/>
       <c r="BA47" s="296"/>
     </row>
-    <row r="48" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D48" s="407"/>
+    <row r="48" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B48" s="396"/>
+      <c r="C48" s="397"/>
+      <c r="D48" s="398"/>
       <c r="E48" s="184" t="s">
         <v>89</v>
       </c>
       <c r="F48" s="185"/>
       <c r="G48" s="185"/>
       <c r="H48" s="186"/>
-      <c r="I48" s="308"/>
-[...5 lines deleted...]
-      <c r="O48" s="309"/>
+      <c r="I48" s="375"/>
+      <c r="J48" s="375"/>
+      <c r="K48" s="375"/>
+      <c r="L48" s="375"/>
+      <c r="M48" s="375"/>
+      <c r="N48" s="375"/>
+      <c r="O48" s="376"/>
       <c r="P48" s="211"/>
       <c r="Q48" s="211"/>
       <c r="R48" s="211"/>
       <c r="S48" s="211"/>
       <c r="T48" s="211"/>
       <c r="U48" s="211"/>
       <c r="V48" s="212"/>
       <c r="W48" s="21" t="s">
         <v>88</v>
       </c>
       <c r="X48" s="91"/>
       <c r="Y48" s="20" t="s">
         <v>31</v>
       </c>
       <c r="Z48" s="20"/>
       <c r="AA48" s="20" t="s">
         <v>31</v>
       </c>
       <c r="AB48" s="20"/>
       <c r="AC48" s="19"/>
       <c r="AE48" s="84"/>
       <c r="AH48" s="294"/>
       <c r="AI48" s="295"/>
       <c r="AJ48" s="295"/>
       <c r="AK48" s="295"/>
       <c r="AL48" s="295"/>
       <c r="AM48" s="295"/>
       <c r="AN48" s="295"/>
       <c r="AO48" s="295"/>
       <c r="AP48" s="295"/>
       <c r="AQ48" s="295"/>
       <c r="AR48" s="295"/>
       <c r="AS48" s="295"/>
       <c r="AT48" s="295"/>
       <c r="AU48" s="295"/>
       <c r="AV48" s="295"/>
       <c r="AW48" s="295"/>
       <c r="AX48" s="295"/>
       <c r="AY48" s="295"/>
       <c r="AZ48" s="295"/>
       <c r="BA48" s="296"/>
     </row>
-    <row r="49" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...2 lines deleted...]
-      <c r="D49" s="401"/>
+    <row r="49" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="B49" s="390"/>
+      <c r="C49" s="391"/>
+      <c r="D49" s="392"/>
       <c r="E49" s="188"/>
       <c r="F49" s="189"/>
       <c r="G49" s="189"/>
       <c r="H49" s="190"/>
-      <c r="I49" s="310"/>
-[...5 lines deleted...]
-      <c r="O49" s="311"/>
+      <c r="I49" s="339"/>
+      <c r="J49" s="339"/>
+      <c r="K49" s="339"/>
+      <c r="L49" s="339"/>
+      <c r="M49" s="339"/>
+      <c r="N49" s="339"/>
+      <c r="O49" s="340"/>
       <c r="P49" s="214"/>
       <c r="Q49" s="214"/>
       <c r="R49" s="214"/>
       <c r="S49" s="214"/>
       <c r="T49" s="214"/>
       <c r="U49" s="214"/>
       <c r="V49" s="215"/>
       <c r="W49" s="18" t="s">
         <v>87</v>
       </c>
       <c r="X49" s="164"/>
       <c r="Y49" s="165"/>
       <c r="Z49" s="165"/>
       <c r="AA49" s="165"/>
       <c r="AB49" s="165"/>
       <c r="AC49" s="166"/>
       <c r="AD49" s="105"/>
       <c r="AE49" s="86"/>
       <c r="AH49" s="297"/>
       <c r="AI49" s="298"/>
       <c r="AJ49" s="298"/>
       <c r="AK49" s="298"/>
       <c r="AL49" s="298"/>
       <c r="AM49" s="298"/>
       <c r="AN49" s="298"/>
       <c r="AO49" s="298"/>
       <c r="AP49" s="298"/>
       <c r="AQ49" s="298"/>
       <c r="AR49" s="298"/>
       <c r="AS49" s="298"/>
       <c r="AT49" s="298"/>
       <c r="AU49" s="298"/>
       <c r="AV49" s="298"/>
       <c r="AW49" s="298"/>
       <c r="AX49" s="298"/>
       <c r="AY49" s="298"/>
       <c r="AZ49" s="298"/>
       <c r="BA49" s="299"/>
     </row>
-    <row r="50" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45"/>
-    <row r="51" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="50" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="51" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B51" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>85</v>
       </c>
       <c r="F51" s="12" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="52" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="52" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B52" s="167"/>
       <c r="C52" s="168"/>
       <c r="D52" s="169"/>
       <c r="E52" s="170" t="s">
         <v>83</v>
       </c>
       <c r="F52" s="171"/>
       <c r="G52" s="172"/>
       <c r="H52" s="170" t="s">
         <v>82</v>
       </c>
       <c r="I52" s="171"/>
       <c r="J52" s="172"/>
       <c r="K52" s="170" t="s">
         <v>81</v>
       </c>
       <c r="L52" s="172"/>
       <c r="AE52" s="83"/>
       <c r="AH52" s="257" t="s">
         <v>80</v>
       </c>
       <c r="AI52" s="258"/>
       <c r="AJ52" s="258"/>
       <c r="AK52" s="258"/>
       <c r="AL52" s="258"/>
       <c r="AM52" s="258"/>
       <c r="AN52" s="258"/>
       <c r="AO52" s="258"/>
       <c r="AP52" s="258"/>
       <c r="AQ52" s="258"/>
       <c r="AR52" s="258"/>
       <c r="AS52" s="258"/>
       <c r="AT52" s="258"/>
       <c r="AU52" s="258"/>
       <c r="AV52" s="258"/>
       <c r="AW52" s="258"/>
       <c r="AX52" s="258"/>
       <c r="AY52" s="258"/>
       <c r="AZ52" s="258"/>
       <c r="BA52" s="259"/>
     </row>
-    <row r="53" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="53" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B53" s="273" t="s">
         <v>79</v>
       </c>
       <c r="C53" s="274"/>
       <c r="D53" s="275"/>
       <c r="E53" s="163">
         <v>1</v>
       </c>
       <c r="F53" s="163"/>
       <c r="G53" s="163"/>
-      <c r="H53" s="351">
+      <c r="H53" s="330">
         <v>0</v>
       </c>
-      <c r="I53" s="351"/>
-      <c r="J53" s="351"/>
+      <c r="I53" s="330"/>
+      <c r="J53" s="330"/>
       <c r="K53" s="163">
         <f>SUM(E53:J53)</f>
         <v>1</v>
       </c>
       <c r="L53" s="163"/>
       <c r="AE53" s="84"/>
       <c r="AH53" s="260"/>
       <c r="AI53" s="261"/>
       <c r="AJ53" s="261"/>
       <c r="AK53" s="261"/>
       <c r="AL53" s="261"/>
       <c r="AM53" s="261"/>
       <c r="AN53" s="261"/>
       <c r="AO53" s="261"/>
       <c r="AP53" s="261"/>
       <c r="AQ53" s="261"/>
       <c r="AR53" s="261"/>
       <c r="AS53" s="261"/>
       <c r="AT53" s="261"/>
       <c r="AU53" s="261"/>
       <c r="AV53" s="261"/>
       <c r="AW53" s="261"/>
       <c r="AX53" s="261"/>
       <c r="AY53" s="261"/>
       <c r="AZ53" s="261"/>
       <c r="BA53" s="262"/>
     </row>
-    <row r="54" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="54" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B54" s="300" t="s">
         <v>78</v>
       </c>
       <c r="C54" s="301"/>
       <c r="D54" s="302"/>
       <c r="E54" s="303"/>
       <c r="F54" s="304"/>
       <c r="G54" s="305"/>
       <c r="H54" s="306">
         <v>0</v>
       </c>
       <c r="I54" s="307"/>
       <c r="J54" s="307"/>
       <c r="K54" s="161">
         <f>SUM(E54:J54)</f>
         <v>0</v>
       </c>
       <c r="L54" s="162"/>
       <c r="AE54" s="84"/>
       <c r="AH54" s="260"/>
       <c r="AI54" s="261"/>
       <c r="AJ54" s="261"/>
       <c r="AK54" s="261"/>
       <c r="AL54" s="261"/>
       <c r="AM54" s="261"/>
       <c r="AN54" s="261"/>
       <c r="AO54" s="261"/>
       <c r="AP54" s="261"/>
       <c r="AQ54" s="261"/>
       <c r="AR54" s="261"/>
       <c r="AS54" s="261"/>
       <c r="AT54" s="261"/>
       <c r="AU54" s="261"/>
       <c r="AV54" s="261"/>
       <c r="AW54" s="261"/>
       <c r="AX54" s="261"/>
       <c r="AY54" s="261"/>
       <c r="AZ54" s="261"/>
       <c r="BA54" s="262"/>
     </row>
-    <row r="55" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="55" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="AE55" s="86"/>
       <c r="AH55" s="263"/>
       <c r="AI55" s="264"/>
       <c r="AJ55" s="264"/>
       <c r="AK55" s="264"/>
       <c r="AL55" s="264"/>
       <c r="AM55" s="264"/>
       <c r="AN55" s="264"/>
       <c r="AO55" s="264"/>
       <c r="AP55" s="264"/>
       <c r="AQ55" s="264"/>
       <c r="AR55" s="264"/>
       <c r="AS55" s="264"/>
       <c r="AT55" s="264"/>
       <c r="AU55" s="264"/>
       <c r="AV55" s="264"/>
       <c r="AW55" s="264"/>
       <c r="AX55" s="264"/>
       <c r="AY55" s="264"/>
       <c r="AZ55" s="264"/>
       <c r="BA55" s="265"/>
     </row>
-    <row r="56" spans="2:53" ht="19.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="56" spans="2:53" ht="19" thickTop="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B56" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F56" s="12"/>
       <c r="AH56" s="85"/>
       <c r="AI56" s="85"/>
       <c r="AJ56" s="85"/>
       <c r="AK56" s="85"/>
       <c r="AL56" s="85"/>
       <c r="AM56" s="85"/>
       <c r="AN56" s="85"/>
       <c r="AO56" s="85"/>
       <c r="AP56" s="85"/>
       <c r="AQ56" s="85"/>
       <c r="AR56" s="85"/>
       <c r="AS56" s="85"/>
       <c r="AT56" s="85"/>
       <c r="AU56" s="85"/>
       <c r="AV56" s="85"/>
       <c r="AW56" s="85"/>
       <c r="AX56" s="85"/>
       <c r="AY56" s="85"/>
       <c r="AZ56" s="85"/>
       <c r="BA56" s="85"/>
     </row>
-    <row r="57" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="C57" s="413"/>
+    <row r="57" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B57" s="404"/>
+      <c r="C57" s="404"/>
       <c r="D57" s="181" t="s">
         <v>75</v>
       </c>
       <c r="E57" s="181"/>
       <c r="F57" s="181"/>
       <c r="G57" s="181"/>
       <c r="H57" s="170" t="s">
         <v>74</v>
       </c>
       <c r="I57" s="171"/>
       <c r="J57" s="171"/>
       <c r="K57" s="171"/>
-      <c r="L57" s="414"/>
+      <c r="L57" s="405"/>
       <c r="M57" s="171"/>
       <c r="N57" s="171"/>
       <c r="O57" s="172"/>
       <c r="AE57" s="83"/>
       <c r="AH57" s="276" t="s">
         <v>73</v>
       </c>
       <c r="AI57" s="277"/>
       <c r="AJ57" s="277"/>
       <c r="AK57" s="277"/>
       <c r="AL57" s="277"/>
       <c r="AM57" s="277"/>
       <c r="AN57" s="277"/>
       <c r="AO57" s="277"/>
       <c r="AP57" s="277"/>
       <c r="AQ57" s="277"/>
       <c r="AR57" s="277"/>
       <c r="AS57" s="277"/>
       <c r="AT57" s="277"/>
       <c r="AU57" s="277"/>
       <c r="AV57" s="277"/>
       <c r="AW57" s="277"/>
       <c r="AX57" s="277"/>
       <c r="AY57" s="277"/>
       <c r="AZ57" s="277"/>
       <c r="BA57" s="278"/>
     </row>
-    <row r="58" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B58" s="341" t="s">
+    <row r="58" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="B58" s="308" t="s">
         <v>72</v>
       </c>
-      <c r="C58" s="341"/>
-      <c r="D58" s="342" t="s">
+      <c r="C58" s="308"/>
+      <c r="D58" s="309" t="s">
         <v>11</v>
       </c>
-      <c r="E58" s="343"/>
-[...8 lines deleted...]
-      <c r="N58" s="427"/>
+      <c r="E58" s="310"/>
+      <c r="F58" s="310"/>
+      <c r="G58" s="311"/>
+      <c r="H58" s="312"/>
+      <c r="I58" s="313"/>
+      <c r="J58" s="313"/>
+      <c r="K58" s="314"/>
+      <c r="L58" s="418"/>
+      <c r="M58" s="418"/>
+      <c r="N58" s="418"/>
       <c r="O58" s="17" t="s">
         <v>71</v>
       </c>
       <c r="P58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="AE58" s="86"/>
       <c r="AH58" s="279"/>
       <c r="AI58" s="280"/>
       <c r="AJ58" s="280"/>
       <c r="AK58" s="280"/>
       <c r="AL58" s="280"/>
       <c r="AM58" s="280"/>
       <c r="AN58" s="280"/>
       <c r="AO58" s="280"/>
       <c r="AP58" s="280"/>
       <c r="AQ58" s="280"/>
       <c r="AR58" s="280"/>
       <c r="AS58" s="280"/>
       <c r="AT58" s="280"/>
       <c r="AU58" s="280"/>
       <c r="AV58" s="280"/>
       <c r="AW58" s="280"/>
       <c r="AX58" s="280"/>
       <c r="AY58" s="280"/>
       <c r="AZ58" s="280"/>
       <c r="BA58" s="281"/>
     </row>
-    <row r="59" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="59" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B59" s="16"/>
       <c r="C59" s="16"/>
       <c r="D59" s="106"/>
       <c r="E59" s="106"/>
       <c r="F59" s="106"/>
       <c r="G59" s="106"/>
       <c r="H59" s="106"/>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15"/>
       <c r="L59" s="68"/>
       <c r="M59" s="68"/>
       <c r="N59" s="68"/>
       <c r="O59" s="107"/>
       <c r="P59" s="10"/>
       <c r="AH59" s="85"/>
       <c r="AI59" s="85"/>
       <c r="AJ59" s="85"/>
       <c r="AK59" s="85"/>
       <c r="AL59" s="85"/>
       <c r="AM59" s="85"/>
       <c r="AN59" s="85"/>
       <c r="AO59" s="85"/>
       <c r="AP59" s="85"/>
       <c r="AQ59" s="85"/>
       <c r="AR59" s="85"/>
       <c r="AS59" s="85"/>
       <c r="AT59" s="85"/>
       <c r="AU59" s="85"/>
       <c r="AV59" s="85"/>
       <c r="AW59" s="85"/>
       <c r="AX59" s="85"/>
       <c r="AY59" s="85"/>
       <c r="AZ59" s="85"/>
       <c r="BA59" s="85"/>
     </row>
-    <row r="60" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="60" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B60" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>68</v>
       </c>
       <c r="L60" s="68"/>
       <c r="M60" s="68"/>
       <c r="N60" s="68"/>
       <c r="O60" s="107"/>
       <c r="P60" s="10"/>
       <c r="AH60" s="85"/>
       <c r="AI60" s="85"/>
       <c r="AJ60" s="85"/>
       <c r="AK60" s="85"/>
       <c r="AL60" s="85"/>
       <c r="AM60" s="85"/>
       <c r="AN60" s="85"/>
       <c r="AO60" s="85"/>
       <c r="AP60" s="85"/>
       <c r="AQ60" s="85"/>
       <c r="AR60" s="85"/>
       <c r="AS60" s="85"/>
       <c r="AT60" s="85"/>
       <c r="AU60" s="85"/>
       <c r="AV60" s="85"/>
       <c r="AW60" s="85"/>
       <c r="AX60" s="85"/>
       <c r="AY60" s="85"/>
       <c r="AZ60" s="85"/>
       <c r="BA60" s="85"/>
     </row>
-    <row r="61" spans="2:53" ht="19.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="61" spans="2:53" ht="19.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B61" s="282" t="s">
         <v>67</v>
       </c>
       <c r="C61" s="283"/>
       <c r="D61" s="284"/>
       <c r="E61" s="108"/>
       <c r="F61" s="109" t="s">
         <v>63</v>
       </c>
       <c r="G61" s="109" t="s">
         <v>62</v>
       </c>
       <c r="H61" s="14" t="s">
         <v>61</v>
       </c>
       <c r="I61" s="109" t="s">
         <v>60</v>
       </c>
       <c r="J61" s="14" t="s">
         <v>66</v>
       </c>
       <c r="K61" s="13"/>
       <c r="L61" s="68"/>
       <c r="M61" s="68"/>
       <c r="N61" s="68"/>
@@ -9566,326 +9602,326 @@
       <c r="P61" s="10"/>
       <c r="AE61" s="83"/>
       <c r="AH61" s="276" t="s">
         <v>65</v>
       </c>
       <c r="AI61" s="277"/>
       <c r="AJ61" s="277"/>
       <c r="AK61" s="277"/>
       <c r="AL61" s="277"/>
       <c r="AM61" s="277"/>
       <c r="AN61" s="277"/>
       <c r="AO61" s="277"/>
       <c r="AP61" s="277"/>
       <c r="AQ61" s="277"/>
       <c r="AR61" s="277"/>
       <c r="AS61" s="277"/>
       <c r="AT61" s="277"/>
       <c r="AU61" s="277"/>
       <c r="AV61" s="277"/>
       <c r="AW61" s="277"/>
       <c r="AX61" s="277"/>
       <c r="AY61" s="277"/>
       <c r="AZ61" s="277"/>
       <c r="BA61" s="278"/>
     </row>
-    <row r="62" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="62" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B62" s="282" t="s">
         <v>64</v>
       </c>
       <c r="C62" s="283"/>
       <c r="D62" s="284"/>
       <c r="E62" s="108"/>
       <c r="F62" s="109" t="s">
         <v>63</v>
       </c>
       <c r="G62" s="109" t="s">
         <v>62</v>
       </c>
       <c r="H62" s="14" t="s">
         <v>61</v>
       </c>
       <c r="I62" s="109" t="s">
         <v>60</v>
       </c>
       <c r="J62" s="14" t="s">
         <v>59</v>
       </c>
       <c r="K62" s="13"/>
       <c r="L62" s="68"/>
       <c r="M62" s="68"/>
       <c r="N62" s="68"/>
       <c r="O62" s="107"/>
       <c r="P62" s="10"/>
       <c r="AE62" s="86"/>
       <c r="AH62" s="285"/>
       <c r="AI62" s="261"/>
       <c r="AJ62" s="261"/>
       <c r="AK62" s="261"/>
       <c r="AL62" s="261"/>
       <c r="AM62" s="261"/>
       <c r="AN62" s="261"/>
       <c r="AO62" s="261"/>
       <c r="AP62" s="261"/>
       <c r="AQ62" s="261"/>
       <c r="AR62" s="261"/>
       <c r="AS62" s="261"/>
       <c r="AT62" s="261"/>
       <c r="AU62" s="261"/>
       <c r="AV62" s="261"/>
       <c r="AW62" s="261"/>
       <c r="AX62" s="261"/>
       <c r="AY62" s="261"/>
       <c r="AZ62" s="261"/>
       <c r="BA62" s="286"/>
     </row>
-    <row r="63" spans="2:53" ht="19.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="63" spans="2:53" ht="19" thickTop="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="AH63" s="279"/>
       <c r="AI63" s="280"/>
       <c r="AJ63" s="280"/>
       <c r="AK63" s="280"/>
       <c r="AL63" s="280"/>
       <c r="AM63" s="280"/>
       <c r="AN63" s="280"/>
       <c r="AO63" s="280"/>
       <c r="AP63" s="280"/>
       <c r="AQ63" s="280"/>
       <c r="AR63" s="280"/>
       <c r="AS63" s="280"/>
       <c r="AT63" s="280"/>
       <c r="AU63" s="280"/>
       <c r="AV63" s="280"/>
       <c r="AW63" s="280"/>
       <c r="AX63" s="280"/>
       <c r="AY63" s="280"/>
       <c r="AZ63" s="280"/>
       <c r="BA63" s="281"/>
     </row>
-    <row r="64" spans="2:53" ht="19.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="64" spans="2:53" ht="19" thickTop="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B64" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F64" s="12"/>
       <c r="K64" s="12"/>
     </row>
-    <row r="65" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="65" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B65" s="2"/>
       <c r="C65" s="1" t="s">
         <v>56</v>
       </c>
       <c r="F65" s="12"/>
       <c r="K65" s="12"/>
       <c r="AE65" s="83"/>
       <c r="AH65" s="257" t="s">
         <v>55</v>
       </c>
       <c r="AI65" s="292"/>
       <c r="AJ65" s="292"/>
       <c r="AK65" s="292"/>
       <c r="AL65" s="292"/>
       <c r="AM65" s="292"/>
       <c r="AN65" s="292"/>
       <c r="AO65" s="292"/>
       <c r="AP65" s="292"/>
       <c r="AQ65" s="292"/>
       <c r="AR65" s="292"/>
       <c r="AS65" s="292"/>
       <c r="AT65" s="292"/>
       <c r="AU65" s="292"/>
       <c r="AV65" s="292"/>
       <c r="AW65" s="292"/>
       <c r="AX65" s="292"/>
       <c r="AY65" s="292"/>
       <c r="AZ65" s="292"/>
       <c r="BA65" s="293"/>
     </row>
-    <row r="66" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="66" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B66" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F66" s="12"/>
       <c r="K66" s="12"/>
       <c r="AE66" s="84"/>
       <c r="AH66" s="294"/>
       <c r="AI66" s="295"/>
       <c r="AJ66" s="295"/>
       <c r="AK66" s="295"/>
       <c r="AL66" s="295"/>
       <c r="AM66" s="295"/>
       <c r="AN66" s="295"/>
       <c r="AO66" s="295"/>
       <c r="AP66" s="295"/>
       <c r="AQ66" s="295"/>
       <c r="AR66" s="295"/>
       <c r="AS66" s="295"/>
       <c r="AT66" s="295"/>
       <c r="AU66" s="295"/>
       <c r="AV66" s="295"/>
       <c r="AW66" s="295"/>
       <c r="AX66" s="295"/>
       <c r="AY66" s="295"/>
       <c r="AZ66" s="295"/>
       <c r="BA66" s="296"/>
     </row>
-    <row r="67" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="67" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B67" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F67" s="12"/>
       <c r="K67" s="12"/>
       <c r="AE67" s="84"/>
       <c r="AH67" s="294"/>
       <c r="AI67" s="295"/>
       <c r="AJ67" s="295"/>
       <c r="AK67" s="295"/>
       <c r="AL67" s="295"/>
       <c r="AM67" s="295"/>
       <c r="AN67" s="295"/>
       <c r="AO67" s="295"/>
       <c r="AP67" s="295"/>
       <c r="AQ67" s="295"/>
       <c r="AR67" s="295"/>
       <c r="AS67" s="295"/>
       <c r="AT67" s="295"/>
       <c r="AU67" s="295"/>
       <c r="AV67" s="295"/>
       <c r="AW67" s="295"/>
       <c r="AX67" s="295"/>
       <c r="AY67" s="295"/>
       <c r="AZ67" s="295"/>
       <c r="BA67" s="296"/>
     </row>
-    <row r="68" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="68" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B68" s="173" t="s">
         <v>34</v>
       </c>
       <c r="C68" s="290"/>
-      <c r="D68" s="348" t="s">
+      <c r="D68" s="315" t="s">
         <v>52</v>
       </c>
-      <c r="E68" s="349"/>
-[...23 lines deleted...]
-      <c r="AC68" s="350"/>
+      <c r="E68" s="316"/>
+      <c r="F68" s="316"/>
+      <c r="G68" s="316"/>
+      <c r="H68" s="316"/>
+      <c r="I68" s="316"/>
+      <c r="J68" s="316"/>
+      <c r="K68" s="316"/>
+      <c r="L68" s="316"/>
+      <c r="M68" s="316"/>
+      <c r="N68" s="316"/>
+      <c r="O68" s="316"/>
+      <c r="P68" s="316"/>
+      <c r="Q68" s="316"/>
+      <c r="R68" s="316"/>
+      <c r="S68" s="316"/>
+      <c r="T68" s="316"/>
+      <c r="U68" s="316"/>
+      <c r="V68" s="316"/>
+      <c r="W68" s="316"/>
+      <c r="X68" s="316"/>
+      <c r="Y68" s="316"/>
+      <c r="Z68" s="316"/>
+      <c r="AA68" s="316"/>
+      <c r="AB68" s="316"/>
+      <c r="AC68" s="317"/>
       <c r="AE68" s="84"/>
       <c r="AH68" s="294"/>
       <c r="AI68" s="295"/>
       <c r="AJ68" s="295"/>
       <c r="AK68" s="295"/>
       <c r="AL68" s="295"/>
       <c r="AM68" s="295"/>
       <c r="AN68" s="295"/>
       <c r="AO68" s="295"/>
       <c r="AP68" s="295"/>
       <c r="AQ68" s="295"/>
       <c r="AR68" s="295"/>
       <c r="AS68" s="295"/>
       <c r="AT68" s="295"/>
       <c r="AU68" s="295"/>
       <c r="AV68" s="295"/>
       <c r="AW68" s="295"/>
       <c r="AX68" s="295"/>
       <c r="AY68" s="295"/>
       <c r="AZ68" s="295"/>
       <c r="BA68" s="296"/>
     </row>
-    <row r="69" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="69" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B69" s="177"/>
       <c r="C69" s="291"/>
-      <c r="D69" s="348"/>
-[...24 lines deleted...]
-      <c r="AC69" s="350"/>
+      <c r="D69" s="315"/>
+      <c r="E69" s="316"/>
+      <c r="F69" s="316"/>
+      <c r="G69" s="316"/>
+      <c r="H69" s="316"/>
+      <c r="I69" s="316"/>
+      <c r="J69" s="316"/>
+      <c r="K69" s="316"/>
+      <c r="L69" s="316"/>
+      <c r="M69" s="316"/>
+      <c r="N69" s="316"/>
+      <c r="O69" s="316"/>
+      <c r="P69" s="316"/>
+      <c r="Q69" s="316"/>
+      <c r="R69" s="316"/>
+      <c r="S69" s="316"/>
+      <c r="T69" s="316"/>
+      <c r="U69" s="316"/>
+      <c r="V69" s="316"/>
+      <c r="W69" s="316"/>
+      <c r="X69" s="316"/>
+      <c r="Y69" s="316"/>
+      <c r="Z69" s="316"/>
+      <c r="AA69" s="316"/>
+      <c r="AB69" s="316"/>
+      <c r="AC69" s="317"/>
       <c r="AE69" s="84"/>
       <c r="AH69" s="294"/>
       <c r="AI69" s="295"/>
       <c r="AJ69" s="295"/>
       <c r="AK69" s="295"/>
       <c r="AL69" s="295"/>
       <c r="AM69" s="295"/>
       <c r="AN69" s="295"/>
       <c r="AO69" s="295"/>
       <c r="AP69" s="295"/>
       <c r="AQ69" s="295"/>
       <c r="AR69" s="295"/>
       <c r="AS69" s="295"/>
       <c r="AT69" s="295"/>
       <c r="AU69" s="295"/>
       <c r="AV69" s="295"/>
       <c r="AW69" s="295"/>
       <c r="AX69" s="295"/>
       <c r="AY69" s="295"/>
       <c r="AZ69" s="295"/>
       <c r="BA69" s="296"/>
     </row>
-    <row r="70" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="70" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B70" s="173" t="s">
         <v>30</v>
       </c>
       <c r="C70" s="290"/>
       <c r="D70" s="287"/>
       <c r="E70" s="288"/>
       <c r="F70" s="288"/>
       <c r="G70" s="288"/>
       <c r="H70" s="288"/>
       <c r="I70" s="288"/>
       <c r="J70" s="288"/>
       <c r="K70" s="288"/>
       <c r="L70" s="288"/>
       <c r="M70" s="288"/>
       <c r="N70" s="288"/>
       <c r="O70" s="288"/>
       <c r="P70" s="288"/>
       <c r="Q70" s="288"/>
       <c r="R70" s="288"/>
       <c r="S70" s="288"/>
       <c r="T70" s="288"/>
       <c r="U70" s="288"/>
       <c r="V70" s="288"/>
       <c r="W70" s="288"/>
       <c r="X70" s="288"/>
@@ -9894,102 +9930,102 @@
       <c r="AA70" s="288"/>
       <c r="AB70" s="288"/>
       <c r="AC70" s="289"/>
       <c r="AE70" s="84"/>
       <c r="AH70" s="294"/>
       <c r="AI70" s="295"/>
       <c r="AJ70" s="295"/>
       <c r="AK70" s="295"/>
       <c r="AL70" s="295"/>
       <c r="AM70" s="295"/>
       <c r="AN70" s="295"/>
       <c r="AO70" s="295"/>
       <c r="AP70" s="295"/>
       <c r="AQ70" s="295"/>
       <c r="AR70" s="295"/>
       <c r="AS70" s="295"/>
       <c r="AT70" s="295"/>
       <c r="AU70" s="295"/>
       <c r="AV70" s="295"/>
       <c r="AW70" s="295"/>
       <c r="AX70" s="295"/>
       <c r="AY70" s="295"/>
       <c r="AZ70" s="295"/>
       <c r="BA70" s="296"/>
     </row>
-    <row r="71" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="71" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B71" s="177"/>
       <c r="C71" s="291"/>
       <c r="D71" s="287"/>
       <c r="E71" s="288"/>
       <c r="F71" s="288"/>
       <c r="G71" s="288"/>
       <c r="H71" s="288"/>
       <c r="I71" s="288"/>
       <c r="J71" s="288"/>
       <c r="K71" s="288"/>
       <c r="L71" s="288"/>
       <c r="M71" s="288"/>
       <c r="N71" s="288"/>
       <c r="O71" s="288"/>
       <c r="P71" s="288"/>
       <c r="Q71" s="288"/>
       <c r="R71" s="288"/>
       <c r="S71" s="288"/>
       <c r="T71" s="288"/>
       <c r="U71" s="288"/>
       <c r="V71" s="288"/>
       <c r="W71" s="288"/>
       <c r="X71" s="288"/>
       <c r="Y71" s="288"/>
       <c r="Z71" s="288"/>
       <c r="AA71" s="288"/>
       <c r="AB71" s="288"/>
       <c r="AC71" s="289"/>
       <c r="AE71" s="84"/>
       <c r="AH71" s="294"/>
       <c r="AI71" s="295"/>
       <c r="AJ71" s="295"/>
       <c r="AK71" s="295"/>
       <c r="AL71" s="295"/>
       <c r="AM71" s="295"/>
       <c r="AN71" s="295"/>
       <c r="AO71" s="295"/>
       <c r="AP71" s="295"/>
       <c r="AQ71" s="295"/>
       <c r="AR71" s="295"/>
       <c r="AS71" s="295"/>
       <c r="AT71" s="295"/>
       <c r="AU71" s="295"/>
       <c r="AV71" s="295"/>
       <c r="AW71" s="295"/>
       <c r="AX71" s="295"/>
       <c r="AY71" s="295"/>
       <c r="AZ71" s="295"/>
       <c r="BA71" s="296"/>
     </row>
-    <row r="72" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="72" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B72" s="170" t="s">
         <v>51</v>
       </c>
       <c r="C72" s="171"/>
       <c r="D72" s="171"/>
       <c r="E72" s="171"/>
       <c r="F72" s="171"/>
       <c r="G72" s="172"/>
       <c r="H72" s="170" t="s">
         <v>50</v>
       </c>
       <c r="I72" s="172"/>
       <c r="J72" s="170" t="s">
         <v>49</v>
       </c>
       <c r="K72" s="171"/>
       <c r="L72" s="171"/>
       <c r="M72" s="171"/>
       <c r="N72" s="171"/>
       <c r="O72" s="171"/>
       <c r="P72" s="171"/>
       <c r="Q72" s="171"/>
       <c r="R72" s="171"/>
       <c r="S72" s="171"/>
       <c r="T72" s="172"/>
@@ -10004,650 +10040,650 @@
       <c r="AA72" s="171"/>
       <c r="AB72" s="171"/>
       <c r="AC72" s="172"/>
       <c r="AE72" s="84"/>
       <c r="AH72" s="294"/>
       <c r="AI72" s="295"/>
       <c r="AJ72" s="295"/>
       <c r="AK72" s="295"/>
       <c r="AL72" s="295"/>
       <c r="AM72" s="295"/>
       <c r="AN72" s="295"/>
       <c r="AO72" s="295"/>
       <c r="AP72" s="295"/>
       <c r="AQ72" s="295"/>
       <c r="AR72" s="295"/>
       <c r="AS72" s="295"/>
       <c r="AT72" s="295"/>
       <c r="AU72" s="295"/>
       <c r="AV72" s="295"/>
       <c r="AW72" s="295"/>
       <c r="AX72" s="295"/>
       <c r="AY72" s="295"/>
       <c r="AZ72" s="295"/>
       <c r="BA72" s="296"/>
     </row>
-    <row r="73" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B73" s="332" t="s">
+    <row r="73" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B73" s="318" t="s">
         <v>34</v>
       </c>
-      <c r="C73" s="334" t="s">
+      <c r="C73" s="320" t="s">
         <v>47</v>
       </c>
-      <c r="D73" s="335"/>
-[...3 lines deleted...]
-      <c r="H73" s="320">
+      <c r="D73" s="321"/>
+      <c r="E73" s="321"/>
+      <c r="F73" s="321"/>
+      <c r="G73" s="322"/>
+      <c r="H73" s="324">
         <v>50</v>
       </c>
-      <c r="I73" s="321"/>
+      <c r="I73" s="325"/>
       <c r="J73" s="11" t="s">
         <v>37</v>
       </c>
       <c r="K73" s="110">
         <v>103</v>
       </c>
       <c r="L73" s="111"/>
       <c r="M73" s="112" t="s">
         <v>31</v>
       </c>
       <c r="N73" s="113" t="s">
         <v>46</v>
       </c>
       <c r="O73" s="114"/>
       <c r="P73" s="111" t="s">
         <v>45</v>
       </c>
       <c r="Q73" s="111"/>
       <c r="R73" s="111"/>
       <c r="S73" s="111"/>
       <c r="T73" s="115"/>
-      <c r="U73" s="332" t="s">
+      <c r="U73" s="318" t="s">
         <v>34</v>
       </c>
-      <c r="V73" s="335" t="s">
+      <c r="V73" s="321" t="s">
         <v>44</v>
       </c>
-      <c r="W73" s="335"/>
-[...5 lines deleted...]
-      <c r="AC73" s="336"/>
+      <c r="W73" s="321"/>
+      <c r="X73" s="321"/>
+      <c r="Y73" s="321"/>
+      <c r="Z73" s="321"/>
+      <c r="AA73" s="321"/>
+      <c r="AB73" s="321"/>
+      <c r="AC73" s="322"/>
       <c r="AE73" s="84"/>
       <c r="AH73" s="294"/>
       <c r="AI73" s="295"/>
       <c r="AJ73" s="295"/>
       <c r="AK73" s="295"/>
       <c r="AL73" s="295"/>
       <c r="AM73" s="295"/>
       <c r="AN73" s="295"/>
       <c r="AO73" s="295"/>
       <c r="AP73" s="295"/>
       <c r="AQ73" s="295"/>
       <c r="AR73" s="295"/>
       <c r="AS73" s="295"/>
       <c r="AT73" s="295"/>
       <c r="AU73" s="295"/>
       <c r="AV73" s="295"/>
       <c r="AW73" s="295"/>
       <c r="AX73" s="295"/>
       <c r="AY73" s="295"/>
       <c r="AZ73" s="295"/>
       <c r="BA73" s="296"/>
     </row>
-    <row r="74" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B74" s="333"/>
+    <row r="74" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B74" s="319"/>
       <c r="C74" s="306"/>
       <c r="D74" s="307"/>
       <c r="E74" s="307"/>
       <c r="F74" s="307"/>
-      <c r="G74" s="340"/>
-[...1 lines deleted...]
-      <c r="I74" s="323"/>
+      <c r="G74" s="323"/>
+      <c r="H74" s="326"/>
+      <c r="I74" s="327"/>
       <c r="J74" s="116" t="s">
         <v>43</v>
       </c>
       <c r="K74" s="117"/>
       <c r="L74" s="117"/>
       <c r="M74" s="117"/>
       <c r="N74" s="117"/>
       <c r="O74" s="117"/>
       <c r="P74" s="117"/>
       <c r="Q74" s="117"/>
       <c r="R74" s="117"/>
       <c r="S74" s="117"/>
       <c r="T74" s="118"/>
-      <c r="U74" s="333"/>
+      <c r="U74" s="319"/>
       <c r="V74" s="307"/>
       <c r="W74" s="307"/>
       <c r="X74" s="307"/>
       <c r="Y74" s="307"/>
       <c r="Z74" s="307"/>
       <c r="AA74" s="307"/>
       <c r="AB74" s="307"/>
-      <c r="AC74" s="340"/>
+      <c r="AC74" s="323"/>
       <c r="AE74" s="84"/>
       <c r="AH74" s="294"/>
       <c r="AI74" s="295"/>
       <c r="AJ74" s="295"/>
       <c r="AK74" s="295"/>
       <c r="AL74" s="295"/>
       <c r="AM74" s="295"/>
       <c r="AN74" s="295"/>
       <c r="AO74" s="295"/>
       <c r="AP74" s="295"/>
       <c r="AQ74" s="295"/>
       <c r="AR74" s="295"/>
       <c r="AS74" s="295"/>
       <c r="AT74" s="295"/>
       <c r="AU74" s="295"/>
       <c r="AV74" s="295"/>
       <c r="AW74" s="295"/>
       <c r="AX74" s="295"/>
       <c r="AY74" s="295"/>
       <c r="AZ74" s="295"/>
       <c r="BA74" s="296"/>
     </row>
-    <row r="75" spans="2:53" ht="24" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="75" spans="2:53" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B75" s="143" t="s">
         <v>30</v>
       </c>
       <c r="C75" s="119"/>
       <c r="D75" s="120"/>
       <c r="E75" s="120"/>
       <c r="F75" s="120"/>
       <c r="G75" s="121"/>
-      <c r="H75" s="324"/>
-[...11 lines deleted...]
-      <c r="T75" s="420"/>
+      <c r="H75" s="328"/>
+      <c r="I75" s="329"/>
+      <c r="J75" s="409"/>
+      <c r="K75" s="410"/>
+      <c r="L75" s="410"/>
+      <c r="M75" s="410"/>
+      <c r="N75" s="410"/>
+      <c r="O75" s="410"/>
+      <c r="P75" s="410"/>
+      <c r="Q75" s="410"/>
+      <c r="R75" s="410"/>
+      <c r="S75" s="410"/>
+      <c r="T75" s="411"/>
       <c r="U75" s="143" t="s">
         <v>30</v>
       </c>
       <c r="V75" s="120"/>
       <c r="W75" s="120"/>
       <c r="X75" s="120"/>
       <c r="Y75" s="120"/>
       <c r="Z75" s="120"/>
       <c r="AA75" s="120"/>
       <c r="AB75" s="120"/>
       <c r="AC75" s="121"/>
       <c r="AE75" s="84"/>
       <c r="AH75" s="294"/>
       <c r="AI75" s="295"/>
       <c r="AJ75" s="295"/>
       <c r="AK75" s="295"/>
       <c r="AL75" s="295"/>
       <c r="AM75" s="295"/>
       <c r="AN75" s="295"/>
       <c r="AO75" s="295"/>
       <c r="AP75" s="295"/>
       <c r="AQ75" s="295"/>
       <c r="AR75" s="295"/>
       <c r="AS75" s="295"/>
       <c r="AT75" s="295"/>
       <c r="AU75" s="295"/>
       <c r="AV75" s="295"/>
       <c r="AW75" s="295"/>
       <c r="AX75" s="295"/>
       <c r="AY75" s="295"/>
       <c r="AZ75" s="295"/>
       <c r="BA75" s="296"/>
     </row>
-    <row r="76" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B76" s="332" t="s">
+    <row r="76" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B76" s="318" t="s">
         <v>34</v>
       </c>
-      <c r="C76" s="334" t="s">
+      <c r="C76" s="320" t="s">
         <v>42</v>
       </c>
-      <c r="D76" s="335"/>
-[...3 lines deleted...]
-      <c r="H76" s="320">
+      <c r="D76" s="321"/>
+      <c r="E76" s="321"/>
+      <c r="F76" s="321"/>
+      <c r="G76" s="322"/>
+      <c r="H76" s="324">
         <v>10</v>
       </c>
-      <c r="I76" s="321"/>
+      <c r="I76" s="325"/>
       <c r="J76" s="11" t="s">
         <v>37</v>
       </c>
       <c r="K76" s="110">
         <v>530</v>
       </c>
       <c r="L76" s="111"/>
       <c r="M76" s="112" t="s">
         <v>31</v>
       </c>
       <c r="N76" s="113" t="s">
         <v>36</v>
       </c>
       <c r="O76" s="114"/>
       <c r="P76" s="111" t="s">
         <v>41</v>
       </c>
       <c r="Q76" s="111"/>
       <c r="R76" s="111"/>
       <c r="S76" s="111"/>
       <c r="T76" s="115"/>
-      <c r="U76" s="332" t="s">
+      <c r="U76" s="318" t="s">
         <v>34</v>
       </c>
-      <c r="V76" s="334" t="s">
+      <c r="V76" s="320" t="s">
         <v>40</v>
       </c>
-      <c r="W76" s="335"/>
-[...5 lines deleted...]
-      <c r="AC76" s="336"/>
+      <c r="W76" s="321"/>
+      <c r="X76" s="321"/>
+      <c r="Y76" s="321"/>
+      <c r="Z76" s="321"/>
+      <c r="AA76" s="321"/>
+      <c r="AB76" s="321"/>
+      <c r="AC76" s="322"/>
       <c r="AE76" s="84"/>
       <c r="AH76" s="294"/>
       <c r="AI76" s="295"/>
       <c r="AJ76" s="295"/>
       <c r="AK76" s="295"/>
       <c r="AL76" s="295"/>
       <c r="AM76" s="295"/>
       <c r="AN76" s="295"/>
       <c r="AO76" s="295"/>
       <c r="AP76" s="295"/>
       <c r="AQ76" s="295"/>
       <c r="AR76" s="295"/>
       <c r="AS76" s="295"/>
       <c r="AT76" s="295"/>
       <c r="AU76" s="295"/>
       <c r="AV76" s="295"/>
       <c r="AW76" s="295"/>
       <c r="AX76" s="295"/>
       <c r="AY76" s="295"/>
       <c r="AZ76" s="295"/>
       <c r="BA76" s="296"/>
     </row>
-    <row r="77" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B77" s="333"/>
+    <row r="77" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B77" s="319"/>
       <c r="C77" s="306"/>
       <c r="D77" s="307"/>
       <c r="E77" s="307"/>
       <c r="F77" s="307"/>
-      <c r="G77" s="340"/>
-[...2 lines deleted...]
-      <c r="J77" s="415" t="s">
+      <c r="G77" s="323"/>
+      <c r="H77" s="326"/>
+      <c r="I77" s="327"/>
+      <c r="J77" s="406" t="s">
         <v>39</v>
       </c>
-      <c r="K77" s="416"/>
-[...9 lines deleted...]
-      <c r="U77" s="333"/>
+      <c r="K77" s="407"/>
+      <c r="L77" s="407"/>
+      <c r="M77" s="407"/>
+      <c r="N77" s="407"/>
+      <c r="O77" s="407"/>
+      <c r="P77" s="407"/>
+      <c r="Q77" s="407"/>
+      <c r="R77" s="407"/>
+      <c r="S77" s="407"/>
+      <c r="T77" s="408"/>
+      <c r="U77" s="319"/>
       <c r="V77" s="306"/>
       <c r="W77" s="307"/>
       <c r="X77" s="307"/>
       <c r="Y77" s="307"/>
       <c r="Z77" s="307"/>
       <c r="AA77" s="307"/>
       <c r="AB77" s="307"/>
-      <c r="AC77" s="340"/>
+      <c r="AC77" s="323"/>
       <c r="AE77" s="84"/>
       <c r="AH77" s="294"/>
       <c r="AI77" s="295"/>
       <c r="AJ77" s="295"/>
       <c r="AK77" s="295"/>
       <c r="AL77" s="295"/>
       <c r="AM77" s="295"/>
       <c r="AN77" s="295"/>
       <c r="AO77" s="295"/>
       <c r="AP77" s="295"/>
       <c r="AQ77" s="295"/>
       <c r="AR77" s="295"/>
       <c r="AS77" s="295"/>
       <c r="AT77" s="295"/>
       <c r="AU77" s="295"/>
       <c r="AV77" s="295"/>
       <c r="AW77" s="295"/>
       <c r="AX77" s="295"/>
       <c r="AY77" s="295"/>
       <c r="AZ77" s="295"/>
       <c r="BA77" s="296"/>
     </row>
-    <row r="78" spans="2:53" ht="24.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="78" spans="2:53" ht="24.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B78" s="143" t="s">
         <v>30</v>
       </c>
       <c r="C78" s="117"/>
       <c r="D78" s="117"/>
       <c r="E78" s="117"/>
       <c r="F78" s="117"/>
       <c r="G78" s="118"/>
-      <c r="H78" s="324"/>
-      <c r="I78" s="325"/>
+      <c r="H78" s="328"/>
+      <c r="I78" s="329"/>
       <c r="J78" s="116"/>
       <c r="K78" s="117"/>
       <c r="L78" s="117"/>
       <c r="M78" s="117"/>
       <c r="N78" s="117"/>
       <c r="O78" s="117"/>
       <c r="P78" s="117"/>
       <c r="Q78" s="117"/>
       <c r="R78" s="117"/>
       <c r="S78" s="117"/>
       <c r="T78" s="118"/>
       <c r="U78" s="143" t="s">
         <v>30</v>
       </c>
       <c r="V78" s="117"/>
       <c r="W78" s="117"/>
       <c r="X78" s="117"/>
       <c r="Y78" s="117"/>
       <c r="Z78" s="117"/>
       <c r="AA78" s="117"/>
       <c r="AB78" s="117"/>
       <c r="AC78" s="118"/>
       <c r="AE78" s="84"/>
       <c r="AH78" s="294"/>
       <c r="AI78" s="295"/>
       <c r="AJ78" s="295"/>
       <c r="AK78" s="295"/>
       <c r="AL78" s="295"/>
       <c r="AM78" s="295"/>
       <c r="AN78" s="295"/>
       <c r="AO78" s="295"/>
       <c r="AP78" s="295"/>
       <c r="AQ78" s="295"/>
       <c r="AR78" s="295"/>
       <c r="AS78" s="295"/>
       <c r="AT78" s="295"/>
       <c r="AU78" s="295"/>
       <c r="AV78" s="295"/>
       <c r="AW78" s="295"/>
       <c r="AX78" s="295"/>
       <c r="AY78" s="295"/>
       <c r="AZ78" s="295"/>
       <c r="BA78" s="296"/>
     </row>
-    <row r="79" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B79" s="332" t="s">
+    <row r="79" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B79" s="318" t="s">
         <v>34</v>
       </c>
-      <c r="C79" s="334" t="s">
+      <c r="C79" s="320" t="s">
         <v>38</v>
       </c>
-      <c r="D79" s="335"/>
-[...3 lines deleted...]
-      <c r="H79" s="320">
+      <c r="D79" s="321"/>
+      <c r="E79" s="321"/>
+      <c r="F79" s="321"/>
+      <c r="G79" s="322"/>
+      <c r="H79" s="324">
         <v>5</v>
       </c>
-      <c r="I79" s="321"/>
+      <c r="I79" s="325"/>
       <c r="J79" s="11" t="s">
         <v>37</v>
       </c>
       <c r="K79" s="110">
         <v>450</v>
       </c>
       <c r="L79" s="111"/>
       <c r="M79" s="112" t="s">
         <v>31</v>
       </c>
       <c r="N79" s="113" t="s">
         <v>36</v>
       </c>
       <c r="O79" s="114"/>
       <c r="P79" s="111" t="s">
         <v>35</v>
       </c>
       <c r="Q79" s="111"/>
       <c r="R79" s="111"/>
       <c r="S79" s="111"/>
       <c r="T79" s="115"/>
-      <c r="U79" s="332" t="s">
+      <c r="U79" s="318" t="s">
         <v>34</v>
       </c>
-      <c r="V79" s="334" t="s">
+      <c r="V79" s="320" t="s">
         <v>33</v>
       </c>
-      <c r="W79" s="335"/>
-[...5 lines deleted...]
-      <c r="AC79" s="336"/>
+      <c r="W79" s="321"/>
+      <c r="X79" s="321"/>
+      <c r="Y79" s="321"/>
+      <c r="Z79" s="321"/>
+      <c r="AA79" s="321"/>
+      <c r="AB79" s="321"/>
+      <c r="AC79" s="322"/>
       <c r="AE79" s="84"/>
       <c r="AH79" s="294"/>
       <c r="AI79" s="295"/>
       <c r="AJ79" s="295"/>
       <c r="AK79" s="295"/>
       <c r="AL79" s="295"/>
       <c r="AM79" s="295"/>
       <c r="AN79" s="295"/>
       <c r="AO79" s="295"/>
       <c r="AP79" s="295"/>
       <c r="AQ79" s="295"/>
       <c r="AR79" s="295"/>
       <c r="AS79" s="295"/>
       <c r="AT79" s="295"/>
       <c r="AU79" s="295"/>
       <c r="AV79" s="295"/>
       <c r="AW79" s="295"/>
       <c r="AX79" s="295"/>
       <c r="AY79" s="295"/>
       <c r="AZ79" s="295"/>
       <c r="BA79" s="296"/>
     </row>
-    <row r="80" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...7 lines deleted...]
-      <c r="I80" s="323"/>
+    <row r="80" spans="2:53" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B80" s="319"/>
+      <c r="C80" s="432"/>
+      <c r="D80" s="433"/>
+      <c r="E80" s="433"/>
+      <c r="F80" s="433"/>
+      <c r="G80" s="434"/>
+      <c r="H80" s="326"/>
+      <c r="I80" s="327"/>
       <c r="J80" s="116" t="s">
         <v>32</v>
       </c>
       <c r="K80" s="122"/>
       <c r="L80" s="122"/>
       <c r="M80" s="122"/>
       <c r="N80" s="122"/>
       <c r="O80" s="122"/>
       <c r="P80" s="122"/>
       <c r="Q80" s="122"/>
       <c r="R80" s="122"/>
       <c r="S80" s="122"/>
       <c r="T80" s="123"/>
-      <c r="U80" s="333"/>
+      <c r="U80" s="319"/>
       <c r="V80" s="306"/>
       <c r="W80" s="307"/>
       <c r="X80" s="307"/>
       <c r="Y80" s="307"/>
       <c r="Z80" s="307"/>
       <c r="AA80" s="307"/>
       <c r="AB80" s="307"/>
-      <c r="AC80" s="340"/>
+      <c r="AC80" s="323"/>
       <c r="AE80" s="84"/>
       <c r="AH80" s="294"/>
       <c r="AI80" s="295"/>
       <c r="AJ80" s="295"/>
       <c r="AK80" s="295"/>
       <c r="AL80" s="295"/>
       <c r="AM80" s="295"/>
       <c r="AN80" s="295"/>
       <c r="AO80" s="295"/>
       <c r="AP80" s="295"/>
       <c r="AQ80" s="295"/>
       <c r="AR80" s="295"/>
       <c r="AS80" s="295"/>
       <c r="AT80" s="295"/>
       <c r="AU80" s="295"/>
       <c r="AV80" s="295"/>
       <c r="AW80" s="295"/>
       <c r="AX80" s="295"/>
       <c r="AY80" s="295"/>
       <c r="AZ80" s="295"/>
       <c r="BA80" s="296"/>
     </row>
-    <row r="81" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B81" s="312" t="s">
+    <row r="81" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B81" s="379" t="s">
         <v>30</v>
       </c>
-      <c r="C81" s="314"/>
-[...6 lines deleted...]
-      <c r="J81" s="326" t="s">
+      <c r="C81" s="381"/>
+      <c r="D81" s="382"/>
+      <c r="E81" s="382"/>
+      <c r="F81" s="382"/>
+      <c r="G81" s="383"/>
+      <c r="H81" s="326"/>
+      <c r="I81" s="327"/>
+      <c r="J81" s="426" t="s">
         <v>31</v>
       </c>
-      <c r="K81" s="327"/>
-[...9 lines deleted...]
-      <c r="U81" s="312" t="s">
+      <c r="K81" s="427"/>
+      <c r="L81" s="427"/>
+      <c r="M81" s="427"/>
+      <c r="N81" s="427"/>
+      <c r="O81" s="427"/>
+      <c r="P81" s="427"/>
+      <c r="Q81" s="427"/>
+      <c r="R81" s="427"/>
+      <c r="S81" s="427"/>
+      <c r="T81" s="428"/>
+      <c r="U81" s="379" t="s">
         <v>30</v>
       </c>
-      <c r="V81" s="314"/>
-[...6 lines deleted...]
-      <c r="AC81" s="316"/>
+      <c r="V81" s="381"/>
+      <c r="W81" s="382"/>
+      <c r="X81" s="382"/>
+      <c r="Y81" s="382"/>
+      <c r="Z81" s="382"/>
+      <c r="AA81" s="382"/>
+      <c r="AB81" s="382"/>
+      <c r="AC81" s="383"/>
       <c r="AE81" s="84"/>
       <c r="AH81" s="294"/>
       <c r="AI81" s="295"/>
       <c r="AJ81" s="295"/>
       <c r="AK81" s="295"/>
       <c r="AL81" s="295"/>
       <c r="AM81" s="295"/>
       <c r="AN81" s="295"/>
       <c r="AO81" s="295"/>
       <c r="AP81" s="295"/>
       <c r="AQ81" s="295"/>
       <c r="AR81" s="295"/>
       <c r="AS81" s="295"/>
       <c r="AT81" s="295"/>
       <c r="AU81" s="295"/>
       <c r="AV81" s="295"/>
       <c r="AW81" s="295"/>
       <c r="AX81" s="295"/>
       <c r="AY81" s="295"/>
       <c r="AZ81" s="295"/>
       <c r="BA81" s="296"/>
     </row>
-    <row r="82" spans="2:53" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...27 lines deleted...]
-      <c r="AC82" s="319"/>
+    <row r="82" spans="2:53" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="B82" s="380"/>
+      <c r="C82" s="384"/>
+      <c r="D82" s="385"/>
+      <c r="E82" s="385"/>
+      <c r="F82" s="385"/>
+      <c r="G82" s="386"/>
+      <c r="H82" s="328"/>
+      <c r="I82" s="329"/>
+      <c r="J82" s="429"/>
+      <c r="K82" s="430"/>
+      <c r="L82" s="430"/>
+      <c r="M82" s="430"/>
+      <c r="N82" s="430"/>
+      <c r="O82" s="430"/>
+      <c r="P82" s="430"/>
+      <c r="Q82" s="430"/>
+      <c r="R82" s="430"/>
+      <c r="S82" s="430"/>
+      <c r="T82" s="431"/>
+      <c r="U82" s="380"/>
+      <c r="V82" s="384"/>
+      <c r="W82" s="385"/>
+      <c r="X82" s="385"/>
+      <c r="Y82" s="385"/>
+      <c r="Z82" s="385"/>
+      <c r="AA82" s="385"/>
+      <c r="AB82" s="385"/>
+      <c r="AC82" s="386"/>
       <c r="AE82" s="86"/>
       <c r="AH82" s="297"/>
       <c r="AI82" s="298"/>
       <c r="AJ82" s="298"/>
       <c r="AK82" s="298"/>
       <c r="AL82" s="298"/>
       <c r="AM82" s="298"/>
       <c r="AN82" s="298"/>
       <c r="AO82" s="298"/>
       <c r="AP82" s="298"/>
       <c r="AQ82" s="298"/>
       <c r="AR82" s="298"/>
       <c r="AS82" s="298"/>
       <c r="AT82" s="298"/>
       <c r="AU82" s="298"/>
       <c r="AV82" s="298"/>
       <c r="AW82" s="298"/>
       <c r="AX82" s="298"/>
       <c r="AY82" s="298"/>
       <c r="AZ82" s="298"/>
       <c r="BA82" s="299"/>
     </row>
-    <row r="83" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45"/>
-    <row r="84" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="83" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="84" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B84" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="85" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="85" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B85" s="180" t="s">
         <v>27</v>
       </c>
       <c r="C85" s="180"/>
       <c r="D85" s="180"/>
       <c r="E85" s="180"/>
       <c r="F85" s="180"/>
       <c r="G85" s="180"/>
       <c r="H85" s="184"/>
       <c r="I85" s="124" t="s">
         <v>11</v>
       </c>
       <c r="J85" s="158" t="s">
         <v>26</v>
       </c>
       <c r="K85" s="159"/>
       <c r="L85" s="159"/>
       <c r="M85" s="160"/>
       <c r="N85" s="125"/>
       <c r="O85" s="158" t="s">
         <v>25</v>
       </c>
       <c r="P85" s="159"/>
       <c r="Q85" s="160"/>
       <c r="R85" s="126"/>
@@ -10666,680 +10702,680 @@
       <c r="AC85" s="128"/>
       <c r="AE85" s="83"/>
       <c r="AH85" s="257" t="s">
         <v>23</v>
       </c>
       <c r="AI85" s="292"/>
       <c r="AJ85" s="292"/>
       <c r="AK85" s="292"/>
       <c r="AL85" s="292"/>
       <c r="AM85" s="292"/>
       <c r="AN85" s="292"/>
       <c r="AO85" s="292"/>
       <c r="AP85" s="292"/>
       <c r="AQ85" s="292"/>
       <c r="AR85" s="292"/>
       <c r="AS85" s="292"/>
       <c r="AT85" s="292"/>
       <c r="AU85" s="292"/>
       <c r="AV85" s="292"/>
       <c r="AW85" s="292"/>
       <c r="AX85" s="292"/>
       <c r="AY85" s="292"/>
       <c r="AZ85" s="292"/>
       <c r="BA85" s="293"/>
     </row>
-    <row r="86" spans="2:53" ht="24.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B86" s="429" t="s">
+    <row r="86" spans="2:53" ht="24.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B86" s="420" t="s">
         <v>22</v>
       </c>
-      <c r="C86" s="429"/>
-[...5 lines deleted...]
-      <c r="I86" s="428" t="s">
+      <c r="C86" s="420"/>
+      <c r="D86" s="420"/>
+      <c r="E86" s="420"/>
+      <c r="F86" s="420"/>
+      <c r="G86" s="420"/>
+      <c r="H86" s="420"/>
+      <c r="I86" s="419" t="s">
         <v>21</v>
       </c>
-      <c r="J86" s="428"/>
+      <c r="J86" s="419"/>
       <c r="K86" s="179" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="179"/>
       <c r="M86" s="179"/>
       <c r="N86" s="179"/>
       <c r="O86" s="179"/>
       <c r="P86" s="179"/>
       <c r="Q86" s="179"/>
       <c r="R86" s="179"/>
-      <c r="S86" s="428" t="s">
+      <c r="S86" s="419" t="s">
         <v>19</v>
       </c>
-      <c r="T86" s="428"/>
+      <c r="T86" s="419"/>
       <c r="U86" s="179" t="s">
         <v>18</v>
       </c>
       <c r="V86" s="179"/>
       <c r="W86" s="179"/>
       <c r="X86" s="179"/>
       <c r="Y86" s="179"/>
       <c r="Z86" s="179"/>
       <c r="AA86" s="179"/>
       <c r="AB86" s="179"/>
       <c r="AC86" s="179"/>
       <c r="AE86" s="84"/>
       <c r="AH86" s="294"/>
       <c r="AI86" s="295"/>
       <c r="AJ86" s="295"/>
       <c r="AK86" s="295"/>
       <c r="AL86" s="295"/>
       <c r="AM86" s="295"/>
       <c r="AN86" s="295"/>
       <c r="AO86" s="295"/>
       <c r="AP86" s="295"/>
       <c r="AQ86" s="295"/>
       <c r="AR86" s="295"/>
       <c r="AS86" s="295"/>
       <c r="AT86" s="295"/>
       <c r="AU86" s="295"/>
       <c r="AV86" s="295"/>
       <c r="AW86" s="295"/>
       <c r="AX86" s="295"/>
       <c r="AY86" s="295"/>
       <c r="AZ86" s="295"/>
       <c r="BA86" s="296"/>
     </row>
-    <row r="87" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="87" spans="2:53" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B87" s="10" t="s">
         <v>17</v>
       </c>
       <c r="AE87" s="86"/>
       <c r="AH87" s="297"/>
       <c r="AI87" s="298"/>
       <c r="AJ87" s="298"/>
       <c r="AK87" s="298"/>
       <c r="AL87" s="298"/>
       <c r="AM87" s="298"/>
       <c r="AN87" s="298"/>
       <c r="AO87" s="298"/>
       <c r="AP87" s="298"/>
       <c r="AQ87" s="298"/>
       <c r="AR87" s="298"/>
       <c r="AS87" s="298"/>
       <c r="AT87" s="298"/>
       <c r="AU87" s="298"/>
       <c r="AV87" s="298"/>
       <c r="AW87" s="298"/>
       <c r="AX87" s="298"/>
       <c r="AY87" s="298"/>
       <c r="AZ87" s="298"/>
       <c r="BA87" s="299"/>
     </row>
-    <row r="88" spans="2:53" ht="19.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.5"/>
-    <row r="89" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="88" spans="2:53" ht="19" thickTop="1" thickBot="1" x14ac:dyDescent="0.6"/>
+    <row r="89" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="AE89" s="83"/>
     </row>
-    <row r="90" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="90" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B90" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="1"/>
       <c r="AE90" s="84"/>
     </row>
-    <row r="91" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="91" spans="2:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B91" s="8" t="s">
         <v>173</v>
       </c>
       <c r="C91" s="1"/>
       <c r="AE91" s="84"/>
     </row>
-    <row r="92" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="92" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B92" s="180" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="180"/>
       <c r="D92" s="180"/>
       <c r="E92" s="180"/>
       <c r="F92" s="180"/>
       <c r="G92" s="180"/>
       <c r="H92" s="180"/>
       <c r="I92" s="180"/>
       <c r="J92" s="180"/>
       <c r="K92" s="180"/>
       <c r="L92" s="180"/>
       <c r="M92" s="180"/>
       <c r="N92" s="180"/>
       <c r="O92" s="180"/>
       <c r="P92" s="180"/>
       <c r="Q92" s="180"/>
       <c r="R92" s="180"/>
       <c r="S92" s="180"/>
       <c r="T92" s="180"/>
       <c r="U92" s="180"/>
       <c r="V92" s="180"/>
       <c r="W92" s="180"/>
       <c r="X92" s="180"/>
       <c r="Y92" s="180"/>
       <c r="Z92" s="180"/>
       <c r="AA92" s="180"/>
       <c r="AB92" s="181" t="s">
         <v>4</v>
       </c>
       <c r="AC92" s="181"/>
       <c r="AE92" s="84"/>
     </row>
-    <row r="93" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="93" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B93" s="3">
         <v>1</v>
       </c>
-      <c r="C93" s="430" t="s">
+      <c r="C93" s="421" t="s">
         <v>12</v>
       </c>
-      <c r="D93" s="430"/>
-[...22 lines deleted...]
-      <c r="AA93" s="430"/>
+      <c r="D93" s="421"/>
+      <c r="E93" s="421"/>
+      <c r="F93" s="421"/>
+      <c r="G93" s="421"/>
+      <c r="H93" s="421"/>
+      <c r="I93" s="421"/>
+      <c r="J93" s="421"/>
+      <c r="K93" s="421"/>
+      <c r="L93" s="421"/>
+      <c r="M93" s="421"/>
+      <c r="N93" s="421"/>
+      <c r="O93" s="421"/>
+      <c r="P93" s="421"/>
+      <c r="Q93" s="421"/>
+      <c r="R93" s="421"/>
+      <c r="S93" s="421"/>
+      <c r="T93" s="421"/>
+      <c r="U93" s="421"/>
+      <c r="V93" s="421"/>
+      <c r="W93" s="421"/>
+      <c r="X93" s="421"/>
+      <c r="Y93" s="421"/>
+      <c r="Z93" s="421"/>
+      <c r="AA93" s="421"/>
       <c r="AB93" s="187" t="s">
         <v>11</v>
       </c>
       <c r="AC93" s="183"/>
       <c r="AE93" s="84"/>
     </row>
-    <row r="94" spans="2:53" ht="18.600000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="94" spans="2:53" ht="18.649999999999999" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B94" s="3">
         <v>2</v>
       </c>
       <c r="C94" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D94" s="6"/>
       <c r="E94" s="6"/>
       <c r="F94" s="6"/>
       <c r="G94" s="6"/>
       <c r="H94" s="6"/>
       <c r="I94" s="6"/>
       <c r="J94" s="6"/>
       <c r="K94" s="6"/>
       <c r="L94" s="6"/>
       <c r="M94" s="6"/>
       <c r="N94" s="6"/>
       <c r="O94" s="6"/>
-      <c r="P94" s="431" t="s">
+      <c r="P94" s="422" t="s">
         <v>9</v>
       </c>
-      <c r="Q94" s="315"/>
-[...9 lines deleted...]
-      <c r="AA94" s="316"/>
+      <c r="Q94" s="382"/>
+      <c r="R94" s="382"/>
+      <c r="S94" s="382"/>
+      <c r="T94" s="382"/>
+      <c r="U94" s="382"/>
+      <c r="V94" s="382"/>
+      <c r="W94" s="382"/>
+      <c r="X94" s="382"/>
+      <c r="Y94" s="382"/>
+      <c r="Z94" s="382"/>
+      <c r="AA94" s="383"/>
       <c r="AB94" s="183" t="s">
         <v>6</v>
       </c>
       <c r="AC94" s="183"/>
       <c r="AE94" s="84"/>
       <c r="AH94" s="257" t="s">
         <v>167</v>
       </c>
       <c r="AI94" s="258"/>
       <c r="AJ94" s="258"/>
       <c r="AK94" s="258"/>
       <c r="AL94" s="258"/>
       <c r="AM94" s="258"/>
       <c r="AN94" s="258"/>
       <c r="AO94" s="258"/>
       <c r="AP94" s="258"/>
       <c r="AQ94" s="258"/>
       <c r="AR94" s="258"/>
       <c r="AS94" s="258"/>
       <c r="AT94" s="258"/>
       <c r="AU94" s="258"/>
       <c r="AV94" s="258"/>
       <c r="AW94" s="258"/>
       <c r="AX94" s="258"/>
       <c r="AY94" s="258"/>
       <c r="AZ94" s="258"/>
       <c r="BA94" s="259"/>
     </row>
-    <row r="95" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="95" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B95" s="3">
         <v>3</v>
       </c>
       <c r="C95" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="6"/>
       <c r="E95" s="6"/>
       <c r="F95" s="6"/>
       <c r="G95" s="6"/>
       <c r="H95" s="6"/>
       <c r="I95" s="6"/>
       <c r="J95" s="6"/>
       <c r="K95" s="6"/>
       <c r="L95" s="6"/>
       <c r="M95" s="6"/>
       <c r="N95" s="6"/>
       <c r="O95" s="6"/>
-      <c r="P95" s="432"/>
-[...10 lines deleted...]
-      <c r="AA95" s="434"/>
+      <c r="P95" s="423"/>
+      <c r="Q95" s="424"/>
+      <c r="R95" s="424"/>
+      <c r="S95" s="424"/>
+      <c r="T95" s="424"/>
+      <c r="U95" s="424"/>
+      <c r="V95" s="424"/>
+      <c r="W95" s="424"/>
+      <c r="X95" s="424"/>
+      <c r="Y95" s="424"/>
+      <c r="Z95" s="424"/>
+      <c r="AA95" s="425"/>
       <c r="AB95" s="183" t="s">
         <v>6</v>
       </c>
       <c r="AC95" s="183"/>
       <c r="AE95" s="84"/>
       <c r="AH95" s="260"/>
       <c r="AI95" s="261"/>
       <c r="AJ95" s="261"/>
       <c r="AK95" s="261"/>
       <c r="AL95" s="261"/>
       <c r="AM95" s="261"/>
       <c r="AN95" s="261"/>
       <c r="AO95" s="261"/>
       <c r="AP95" s="261"/>
       <c r="AQ95" s="261"/>
       <c r="AR95" s="261"/>
       <c r="AS95" s="261"/>
       <c r="AT95" s="261"/>
       <c r="AU95" s="261"/>
       <c r="AV95" s="261"/>
       <c r="AW95" s="261"/>
       <c r="AX95" s="261"/>
       <c r="AY95" s="261"/>
       <c r="AZ95" s="261"/>
       <c r="BA95" s="262"/>
     </row>
-    <row r="96" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="96" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B96" s="3">
         <v>4</v>
       </c>
       <c r="C96" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="6"/>
       <c r="E96" s="6"/>
       <c r="F96" s="6"/>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="6"/>
       <c r="J96" s="6"/>
       <c r="K96" s="6"/>
       <c r="L96" s="6"/>
       <c r="M96" s="6"/>
       <c r="N96" s="6"/>
       <c r="O96" s="6"/>
-      <c r="P96" s="317"/>
-[...10 lines deleted...]
-      <c r="AA96" s="319"/>
+      <c r="P96" s="384"/>
+      <c r="Q96" s="385"/>
+      <c r="R96" s="385"/>
+      <c r="S96" s="385"/>
+      <c r="T96" s="385"/>
+      <c r="U96" s="385"/>
+      <c r="V96" s="385"/>
+      <c r="W96" s="385"/>
+      <c r="X96" s="385"/>
+      <c r="Y96" s="385"/>
+      <c r="Z96" s="385"/>
+      <c r="AA96" s="386"/>
       <c r="AB96" s="183" t="s">
         <v>6</v>
       </c>
       <c r="AC96" s="183"/>
       <c r="AE96" s="84"/>
       <c r="AH96" s="260"/>
       <c r="AI96" s="261"/>
       <c r="AJ96" s="261"/>
       <c r="AK96" s="261"/>
       <c r="AL96" s="261"/>
       <c r="AM96" s="261"/>
       <c r="AN96" s="261"/>
       <c r="AO96" s="261"/>
       <c r="AP96" s="261"/>
       <c r="AQ96" s="261"/>
       <c r="AR96" s="261"/>
       <c r="AS96" s="261"/>
       <c r="AT96" s="261"/>
       <c r="AU96" s="261"/>
       <c r="AV96" s="261"/>
       <c r="AW96" s="261"/>
       <c r="AX96" s="261"/>
       <c r="AY96" s="261"/>
       <c r="AZ96" s="261"/>
       <c r="BA96" s="262"/>
     </row>
-    <row r="97" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="97" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="F97" s="5"/>
       <c r="G97" s="4"/>
       <c r="H97" s="5"/>
       <c r="I97" s="4"/>
       <c r="AE97" s="84"/>
       <c r="AH97" s="263"/>
       <c r="AI97" s="264"/>
       <c r="AJ97" s="264"/>
       <c r="AK97" s="264"/>
       <c r="AL97" s="264"/>
       <c r="AM97" s="264"/>
       <c r="AN97" s="264"/>
       <c r="AO97" s="264"/>
       <c r="AP97" s="264"/>
       <c r="AQ97" s="264"/>
       <c r="AR97" s="264"/>
       <c r="AS97" s="264"/>
       <c r="AT97" s="264"/>
       <c r="AU97" s="264"/>
       <c r="AV97" s="264"/>
       <c r="AW97" s="264"/>
       <c r="AX97" s="264"/>
       <c r="AY97" s="264"/>
       <c r="AZ97" s="264"/>
       <c r="BA97" s="265"/>
     </row>
-    <row r="98" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="98" spans="2:53" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B98" s="180" t="s">
         <v>5</v>
       </c>
       <c r="C98" s="180"/>
       <c r="D98" s="180"/>
       <c r="E98" s="180"/>
       <c r="F98" s="180"/>
       <c r="G98" s="180"/>
       <c r="H98" s="180"/>
       <c r="I98" s="180"/>
       <c r="J98" s="180"/>
       <c r="K98" s="180"/>
       <c r="L98" s="180"/>
       <c r="M98" s="180"/>
       <c r="N98" s="180"/>
       <c r="O98" s="180"/>
       <c r="P98" s="180"/>
       <c r="Q98" s="180"/>
       <c r="R98" s="180"/>
       <c r="S98" s="180"/>
       <c r="T98" s="180"/>
       <c r="U98" s="180"/>
       <c r="V98" s="180"/>
       <c r="W98" s="180"/>
       <c r="X98" s="180"/>
       <c r="Y98" s="180"/>
       <c r="Z98" s="180"/>
       <c r="AA98" s="180"/>
       <c r="AB98" s="181" t="s">
         <v>4</v>
       </c>
       <c r="AC98" s="181"/>
       <c r="AE98" s="84"/>
     </row>
-    <row r="99" spans="2:53" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="99" spans="2:53" ht="18.5" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B99" s="3">
         <v>1</v>
       </c>
-      <c r="C99" s="421" t="s">
+      <c r="C99" s="412" t="s">
         <v>3</v>
       </c>
-      <c r="D99" s="422"/>
-[...11 lines deleted...]
-      <c r="P99" s="424" t="s">
+      <c r="D99" s="413"/>
+      <c r="E99" s="413"/>
+      <c r="F99" s="413"/>
+      <c r="G99" s="413"/>
+      <c r="H99" s="413"/>
+      <c r="I99" s="413"/>
+      <c r="J99" s="413"/>
+      <c r="K99" s="413"/>
+      <c r="L99" s="413"/>
+      <c r="M99" s="413"/>
+      <c r="N99" s="413"/>
+      <c r="O99" s="414"/>
+      <c r="P99" s="415" t="s">
         <v>2</v>
       </c>
-      <c r="Q99" s="425"/>
-[...9 lines deleted...]
-      <c r="AA99" s="426"/>
+      <c r="Q99" s="416"/>
+      <c r="R99" s="416"/>
+      <c r="S99" s="416"/>
+      <c r="T99" s="416"/>
+      <c r="U99" s="416"/>
+      <c r="V99" s="416"/>
+      <c r="W99" s="416"/>
+      <c r="X99" s="416"/>
+      <c r="Y99" s="416"/>
+      <c r="Z99" s="416"/>
+      <c r="AA99" s="417"/>
       <c r="AB99" s="182"/>
       <c r="AC99" s="182"/>
       <c r="AE99" s="86"/>
     </row>
-    <row r="100" spans="2:53" ht="18.600000000000001" thickTop="1" x14ac:dyDescent="0.45"/>
-    <row r="101" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="100" spans="2:53" ht="18.5" thickTop="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="101" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B101" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="102" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="102" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B102" s="146"/>
       <c r="C102" s="147"/>
       <c r="D102" s="147"/>
       <c r="E102" s="147"/>
       <c r="F102" s="147"/>
       <c r="G102" s="147"/>
       <c r="H102" s="147"/>
       <c r="I102" s="147"/>
       <c r="J102" s="147"/>
       <c r="K102" s="147"/>
       <c r="L102" s="147"/>
       <c r="M102" s="147"/>
       <c r="N102" s="147"/>
       <c r="O102" s="147"/>
       <c r="P102" s="147"/>
       <c r="Q102" s="147"/>
       <c r="R102" s="147"/>
       <c r="S102" s="147"/>
       <c r="T102" s="147"/>
       <c r="U102" s="147"/>
       <c r="V102" s="147"/>
       <c r="W102" s="147"/>
       <c r="X102" s="147"/>
       <c r="Y102" s="147"/>
       <c r="Z102" s="147"/>
       <c r="AA102" s="147"/>
       <c r="AB102" s="147"/>
       <c r="AC102" s="148"/>
     </row>
-    <row r="103" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="103" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B103" s="149"/>
       <c r="C103" s="150"/>
       <c r="D103" s="150"/>
       <c r="E103" s="150"/>
       <c r="F103" s="150"/>
       <c r="G103" s="150"/>
       <c r="H103" s="150"/>
       <c r="I103" s="150"/>
       <c r="J103" s="150"/>
       <c r="K103" s="150"/>
       <c r="L103" s="150"/>
       <c r="M103" s="150"/>
       <c r="N103" s="150"/>
       <c r="O103" s="150"/>
       <c r="P103" s="150"/>
       <c r="Q103" s="150"/>
       <c r="R103" s="150"/>
       <c r="S103" s="150"/>
       <c r="T103" s="150"/>
       <c r="U103" s="150"/>
       <c r="V103" s="150"/>
       <c r="W103" s="150"/>
       <c r="X103" s="150"/>
       <c r="Y103" s="150"/>
       <c r="Z103" s="150"/>
       <c r="AA103" s="150"/>
       <c r="AB103" s="150"/>
       <c r="AC103" s="151"/>
     </row>
-    <row r="104" spans="2:53" x14ac:dyDescent="0.45">
+    <row r="104" spans="2:53" x14ac:dyDescent="0.55000000000000004">
       <c r="B104" s="152"/>
       <c r="C104" s="153"/>
       <c r="D104" s="153"/>
       <c r="E104" s="153"/>
       <c r="F104" s="153"/>
       <c r="G104" s="153"/>
       <c r="H104" s="153"/>
       <c r="I104" s="153"/>
       <c r="J104" s="153"/>
       <c r="K104" s="153"/>
       <c r="L104" s="153"/>
       <c r="M104" s="153"/>
       <c r="N104" s="153"/>
       <c r="O104" s="153"/>
       <c r="P104" s="153"/>
       <c r="Q104" s="153"/>
       <c r="R104" s="153"/>
       <c r="S104" s="153"/>
       <c r="T104" s="153"/>
       <c r="U104" s="153"/>
       <c r="V104" s="153"/>
       <c r="W104" s="153"/>
       <c r="X104" s="153"/>
       <c r="Y104" s="153"/>
       <c r="Z104" s="153"/>
       <c r="AA104" s="153"/>
       <c r="AB104" s="153"/>
       <c r="AC104" s="154"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="HvF2XYz1HQdWe/tIkCQn3Y2h6vmGTZk5aOAbQK+rxB+UYg9JiWJlMAjyf6iv61UWPLs3sID+N6N8pWX1z/1CIg==" saltValue="0zsI0aizBl1f4uc8TRHFNg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="153">
     <mergeCell ref="C99:O99"/>
     <mergeCell ref="P99:AA99"/>
     <mergeCell ref="U76:U77"/>
     <mergeCell ref="V76:AC77"/>
     <mergeCell ref="B76:B77"/>
     <mergeCell ref="L58:N58"/>
     <mergeCell ref="B72:G72"/>
     <mergeCell ref="AB95:AC95"/>
     <mergeCell ref="S86:T86"/>
     <mergeCell ref="B85:H85"/>
     <mergeCell ref="B86:H86"/>
     <mergeCell ref="I86:J86"/>
     <mergeCell ref="C93:AA93"/>
     <mergeCell ref="K86:R86"/>
     <mergeCell ref="P94:AA96"/>
+    <mergeCell ref="B81:B82"/>
+    <mergeCell ref="C81:G82"/>
+    <mergeCell ref="H79:I82"/>
+    <mergeCell ref="J81:T82"/>
+    <mergeCell ref="B79:B80"/>
+    <mergeCell ref="C79:G80"/>
+    <mergeCell ref="H73:I75"/>
+    <mergeCell ref="U79:U80"/>
+    <mergeCell ref="V79:AC80"/>
     <mergeCell ref="AA1:AC1"/>
     <mergeCell ref="V73:AC74"/>
     <mergeCell ref="U73:U74"/>
     <mergeCell ref="U81:U82"/>
     <mergeCell ref="V81:AC82"/>
     <mergeCell ref="B43:D44"/>
     <mergeCell ref="F44:AC44"/>
     <mergeCell ref="B45:D49"/>
     <mergeCell ref="E45:H45"/>
     <mergeCell ref="I45:AC45"/>
     <mergeCell ref="E53:G53"/>
     <mergeCell ref="F43:AC43"/>
     <mergeCell ref="E46:H46"/>
     <mergeCell ref="I46:O46"/>
     <mergeCell ref="W46:AC46"/>
     <mergeCell ref="E47:H47"/>
     <mergeCell ref="I47:O47"/>
     <mergeCell ref="Q47:R47"/>
     <mergeCell ref="B57:C57"/>
     <mergeCell ref="D57:G57"/>
     <mergeCell ref="H57:K57"/>
     <mergeCell ref="L57:O57"/>
     <mergeCell ref="J77:T77"/>
     <mergeCell ref="J75:T75"/>
     <mergeCell ref="AH10:BA13"/>
     <mergeCell ref="AH43:BA49"/>
     <mergeCell ref="H53:J53"/>
     <mergeCell ref="AC37:AC39"/>
     <mergeCell ref="H31:I31"/>
     <mergeCell ref="J31:Q31"/>
     <mergeCell ref="H32:Q33"/>
     <mergeCell ref="H30:Q30"/>
     <mergeCell ref="T47:V47"/>
     <mergeCell ref="R30:T30"/>
     <mergeCell ref="H37:I37"/>
     <mergeCell ref="J37:Q37"/>
     <mergeCell ref="H38:Q39"/>
     <mergeCell ref="AB19:AC19"/>
     <mergeCell ref="AC20:AC21"/>
     <mergeCell ref="I15:AC16"/>
     <mergeCell ref="K14:AC14"/>
     <mergeCell ref="AC31:AC33"/>
     <mergeCell ref="R37:T39"/>
     <mergeCell ref="R34:T36"/>
     <mergeCell ref="R31:T33"/>
     <mergeCell ref="I48:O49"/>
     <mergeCell ref="P48:V49"/>
-    <mergeCell ref="B81:B82"/>
-[...7 lines deleted...]
-    <mergeCell ref="V79:AC80"/>
     <mergeCell ref="J72:T72"/>
     <mergeCell ref="B58:C58"/>
     <mergeCell ref="D58:G58"/>
     <mergeCell ref="H58:K58"/>
     <mergeCell ref="D68:AC69"/>
     <mergeCell ref="U72:AC72"/>
     <mergeCell ref="B73:B74"/>
     <mergeCell ref="C73:G74"/>
     <mergeCell ref="C76:G77"/>
     <mergeCell ref="H76:I78"/>
     <mergeCell ref="AH94:BA97"/>
     <mergeCell ref="B31:D32"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="AH30:BA39"/>
     <mergeCell ref="B53:D53"/>
     <mergeCell ref="E52:G52"/>
     <mergeCell ref="B92:AA92"/>
     <mergeCell ref="AB92:AC92"/>
     <mergeCell ref="AH57:BA58"/>
     <mergeCell ref="B61:D61"/>
     <mergeCell ref="B62:D62"/>
     <mergeCell ref="AH61:BA63"/>
     <mergeCell ref="D70:AC71"/>
     <mergeCell ref="H72:I72"/>
     <mergeCell ref="B70:C71"/>
@@ -11407,2831 +11443,2832 @@
       <formula1>"✔"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="V36" r:id="rId1" xr:uid="{F067848B-7035-4EF6-8F8D-8A778527A9C7}"/>
     <hyperlink ref="V39" r:id="rId2" display="ninsyo@XXX.co.jp" xr:uid="{D249B67C-CBFF-4678-9AFB-8C35B90B14A9}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.35433070866141736" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="68" fitToHeight="0" orientation="landscape" r:id="rId3"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="41" max="54" man="1"/>
     <brk id="83" max="54" man="1"/>
   </rowBreaks>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E774EC71-CD91-40B8-B2AF-35FDC5F84C80}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AI111"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="165" zoomScaleNormal="165" zoomScaleSheetLayoutView="165" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="C42" zoomScale="165" zoomScaleNormal="165" zoomScaleSheetLayoutView="165" workbookViewId="0">
+      <selection activeCell="Z47" sqref="Z47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="60" width="3.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:33" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:33" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B1" s="56"/>
-      <c r="AB1" s="394">
-[...5 lines deleted...]
-    <row r="2" spans="2:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="AB1" s="377">
+        <v>20251205</v>
+      </c>
+      <c r="AC1" s="378"/>
+      <c r="AD1" s="378"/>
+    </row>
+    <row r="2" spans="2:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B2" s="216" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="C2" s="217"/>
       <c r="D2" s="217"/>
       <c r="E2" s="217"/>
       <c r="F2" s="217"/>
       <c r="G2" s="217"/>
       <c r="H2" s="217"/>
       <c r="I2" s="217"/>
       <c r="J2" s="217"/>
       <c r="K2" s="217"/>
       <c r="L2" s="217"/>
       <c r="M2" s="218"/>
     </row>
-    <row r="3" spans="2:33" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="3" spans="2:33" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
       <c r="B3" s="219"/>
       <c r="C3" s="220"/>
       <c r="D3" s="220"/>
       <c r="E3" s="220"/>
       <c r="F3" s="220"/>
       <c r="G3" s="220"/>
       <c r="H3" s="220"/>
       <c r="I3" s="220"/>
       <c r="J3" s="220"/>
       <c r="K3" s="220"/>
       <c r="L3" s="220"/>
       <c r="M3" s="221"/>
     </row>
-    <row r="4" spans="2:33" ht="12" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="2:33" ht="12" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B4" s="55" t="s">
         <v>169</v>
       </c>
       <c r="X4" s="48"/>
     </row>
-    <row r="5" spans="2:33" ht="12" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="5" spans="2:33" ht="12" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B5" s="55"/>
       <c r="U5" s="53"/>
       <c r="V5" s="54" t="s">
         <v>148</v>
       </c>
       <c r="W5" s="435"/>
       <c r="X5" s="435"/>
       <c r="Y5" s="53" t="s">
         <v>61</v>
       </c>
       <c r="Z5" s="69"/>
       <c r="AA5" s="53" t="s">
         <v>146</v>
       </c>
       <c r="AB5" s="69"/>
       <c r="AC5" s="53" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="6" spans="2:33" x14ac:dyDescent="0.45">
+    <row r="6" spans="2:33" x14ac:dyDescent="0.55000000000000004">
       <c r="B6" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C6" s="51" t="s">
         <v>142</v>
       </c>
       <c r="AF6" s="52"/>
       <c r="AG6" s="51"/>
     </row>
-    <row r="7" spans="2:33" x14ac:dyDescent="0.45">
+    <row r="7" spans="2:33" x14ac:dyDescent="0.55000000000000004">
       <c r="D7" s="50" t="s">
         <v>141</v>
       </c>
       <c r="E7" s="70"/>
       <c r="F7" s="48" t="s">
         <v>174</v>
       </c>
       <c r="I7" s="67"/>
       <c r="J7" s="70"/>
       <c r="K7" s="48" t="s">
         <v>178</v>
       </c>
       <c r="O7" s="70"/>
       <c r="P7" s="48" t="s">
         <v>175</v>
       </c>
       <c r="S7" s="48"/>
       <c r="Y7" s="46"/>
     </row>
-    <row r="8" spans="2:33" x14ac:dyDescent="0.45">
+    <row r="8" spans="2:33" x14ac:dyDescent="0.55000000000000004">
       <c r="D8" s="50"/>
       <c r="F8" s="48"/>
       <c r="I8" s="49"/>
       <c r="J8" s="48"/>
       <c r="N8" s="49"/>
       <c r="O8" s="48"/>
       <c r="S8" s="47"/>
       <c r="T8" s="48"/>
       <c r="X8" s="49"/>
       <c r="Y8" s="48"/>
       <c r="AF8" s="46"/>
     </row>
-    <row r="9" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="9" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B9" s="155" t="s">
         <v>140</v>
       </c>
       <c r="C9" s="155" t="s">
         <v>139</v>
       </c>
       <c r="D9" s="228" t="s">
         <v>91</v>
       </c>
       <c r="E9" s="229"/>
       <c r="F9" s="436"/>
       <c r="G9" s="436"/>
       <c r="H9" s="436"/>
       <c r="I9" s="436"/>
       <c r="J9" s="436"/>
       <c r="K9" s="436"/>
       <c r="L9" s="436"/>
       <c r="M9" s="436"/>
       <c r="N9" s="436"/>
       <c r="O9" s="436"/>
       <c r="P9" s="436"/>
       <c r="Q9" s="436"/>
       <c r="R9" s="436"/>
       <c r="S9" s="436"/>
       <c r="T9" s="436"/>
       <c r="U9" s="436"/>
       <c r="V9" s="436"/>
       <c r="W9" s="436"/>
       <c r="X9" s="436"/>
       <c r="Y9" s="436"/>
       <c r="Z9" s="436"/>
       <c r="AA9" s="436"/>
       <c r="AB9" s="436"/>
       <c r="AC9" s="437"/>
       <c r="AF9" s="46"/>
     </row>
-    <row r="10" spans="2:33" x14ac:dyDescent="0.45">
+    <row r="10" spans="2:33" x14ac:dyDescent="0.55000000000000004">
       <c r="B10" s="156"/>
       <c r="C10" s="156"/>
       <c r="D10" s="438"/>
       <c r="E10" s="439"/>
       <c r="F10" s="439"/>
       <c r="G10" s="439"/>
       <c r="H10" s="439"/>
       <c r="I10" s="439"/>
       <c r="J10" s="439"/>
       <c r="K10" s="439"/>
       <c r="L10" s="439"/>
       <c r="M10" s="439"/>
       <c r="N10" s="439"/>
       <c r="O10" s="439"/>
       <c r="P10" s="439"/>
       <c r="Q10" s="439"/>
       <c r="R10" s="439"/>
       <c r="S10" s="439"/>
       <c r="T10" s="439"/>
       <c r="U10" s="439"/>
       <c r="V10" s="439"/>
       <c r="W10" s="439"/>
       <c r="X10" s="439"/>
       <c r="Y10" s="439"/>
       <c r="Z10" s="439"/>
       <c r="AA10" s="439"/>
       <c r="AB10" s="439"/>
       <c r="AC10" s="440"/>
       <c r="AF10" s="46"/>
     </row>
-    <row r="11" spans="2:33" x14ac:dyDescent="0.45">
+    <row r="11" spans="2:33" x14ac:dyDescent="0.55000000000000004">
       <c r="B11" s="156"/>
       <c r="C11" s="157"/>
       <c r="D11" s="441"/>
       <c r="E11" s="442"/>
       <c r="F11" s="442"/>
       <c r="G11" s="442"/>
       <c r="H11" s="442"/>
       <c r="I11" s="442"/>
       <c r="J11" s="442"/>
       <c r="K11" s="442"/>
       <c r="L11" s="442"/>
       <c r="M11" s="442"/>
       <c r="N11" s="442"/>
       <c r="O11" s="442"/>
       <c r="P11" s="442"/>
       <c r="Q11" s="442"/>
       <c r="R11" s="442"/>
       <c r="S11" s="442"/>
       <c r="T11" s="442"/>
       <c r="U11" s="442"/>
       <c r="V11" s="442"/>
       <c r="W11" s="442"/>
       <c r="X11" s="442"/>
       <c r="Y11" s="442"/>
       <c r="Z11" s="442"/>
       <c r="AA11" s="442"/>
       <c r="AB11" s="442"/>
       <c r="AC11" s="443"/>
       <c r="AF11" s="46"/>
     </row>
-    <row r="12" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="12" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B12" s="156"/>
       <c r="C12" s="155" t="s">
         <v>93</v>
       </c>
       <c r="D12" s="26" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="462"/>
       <c r="F12" s="463"/>
       <c r="G12" s="25" t="s">
         <v>31</v>
       </c>
       <c r="H12" s="462"/>
       <c r="I12" s="463"/>
       <c r="J12" s="194"/>
       <c r="K12" s="195"/>
       <c r="L12" s="195"/>
       <c r="M12" s="195"/>
       <c r="N12" s="195"/>
       <c r="O12" s="195"/>
       <c r="P12" s="195"/>
       <c r="Q12" s="195"/>
       <c r="R12" s="195"/>
       <c r="S12" s="195"/>
       <c r="T12" s="195"/>
       <c r="U12" s="195"/>
       <c r="V12" s="195"/>
       <c r="W12" s="195"/>
       <c r="X12" s="195"/>
       <c r="Y12" s="195"/>
       <c r="Z12" s="195"/>
       <c r="AA12" s="195"/>
       <c r="AB12" s="195"/>
       <c r="AC12" s="196"/>
     </row>
-    <row r="13" spans="2:33" ht="36.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="13" spans="2:33" ht="36.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B13" s="156"/>
       <c r="C13" s="157"/>
       <c r="D13" s="464"/>
       <c r="E13" s="465"/>
       <c r="F13" s="465"/>
       <c r="G13" s="465"/>
       <c r="H13" s="465"/>
       <c r="I13" s="465"/>
       <c r="J13" s="465"/>
       <c r="K13" s="465"/>
       <c r="L13" s="465"/>
       <c r="M13" s="465"/>
       <c r="N13" s="465"/>
       <c r="O13" s="465"/>
       <c r="P13" s="465"/>
       <c r="Q13" s="465"/>
       <c r="R13" s="465"/>
       <c r="S13" s="465"/>
       <c r="T13" s="465"/>
       <c r="U13" s="465"/>
       <c r="V13" s="465"/>
       <c r="W13" s="465"/>
       <c r="X13" s="465"/>
       <c r="Y13" s="465"/>
       <c r="Z13" s="465"/>
       <c r="AA13" s="465"/>
       <c r="AB13" s="465"/>
       <c r="AC13" s="466"/>
     </row>
-    <row r="14" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="14" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B14" s="156"/>
       <c r="C14" s="191" t="s">
         <v>134</v>
       </c>
       <c r="D14" s="467"/>
       <c r="E14" s="468"/>
       <c r="F14" s="468"/>
       <c r="G14" s="468"/>
       <c r="H14" s="191" t="s">
         <v>132</v>
       </c>
       <c r="I14" s="228" t="s">
         <v>91</v>
       </c>
       <c r="J14" s="229"/>
       <c r="K14" s="444"/>
       <c r="L14" s="444"/>
       <c r="M14" s="444"/>
       <c r="N14" s="444"/>
       <c r="O14" s="444"/>
       <c r="P14" s="444"/>
       <c r="Q14" s="444"/>
       <c r="R14" s="444"/>
       <c r="S14" s="444"/>
       <c r="T14" s="444"/>
       <c r="U14" s="444"/>
       <c r="V14" s="444"/>
       <c r="W14" s="444"/>
       <c r="X14" s="444"/>
       <c r="Y14" s="444"/>
       <c r="Z14" s="444"/>
       <c r="AA14" s="444"/>
       <c r="AB14" s="444"/>
       <c r="AC14" s="445"/>
     </row>
-    <row r="15" spans="2:33" ht="53.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="15" spans="2:33" ht="53.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B15" s="156"/>
       <c r="C15" s="192"/>
       <c r="D15" s="469"/>
       <c r="E15" s="470"/>
       <c r="F15" s="470"/>
       <c r="G15" s="470"/>
       <c r="H15" s="192"/>
       <c r="I15" s="456"/>
       <c r="J15" s="457"/>
       <c r="K15" s="457"/>
       <c r="L15" s="457"/>
       <c r="M15" s="457"/>
       <c r="N15" s="457"/>
       <c r="O15" s="457"/>
       <c r="P15" s="457"/>
       <c r="Q15" s="457"/>
       <c r="R15" s="457"/>
       <c r="S15" s="457"/>
       <c r="T15" s="457"/>
       <c r="U15" s="457"/>
       <c r="V15" s="457"/>
       <c r="W15" s="457"/>
       <c r="X15" s="457"/>
       <c r="Y15" s="457"/>
       <c r="Z15" s="457"/>
       <c r="AA15" s="457"/>
       <c r="AB15" s="457"/>
       <c r="AC15" s="458"/>
     </row>
-    <row r="16" spans="2:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="16" spans="2:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B16" s="157"/>
       <c r="C16" s="193"/>
       <c r="D16" s="441"/>
       <c r="E16" s="442"/>
       <c r="F16" s="442"/>
       <c r="G16" s="442"/>
       <c r="H16" s="193"/>
       <c r="I16" s="459"/>
       <c r="J16" s="460"/>
       <c r="K16" s="460"/>
       <c r="L16" s="460"/>
       <c r="M16" s="460"/>
       <c r="N16" s="460"/>
       <c r="O16" s="460"/>
       <c r="P16" s="460"/>
       <c r="Q16" s="460"/>
       <c r="R16" s="460"/>
       <c r="S16" s="460"/>
       <c r="T16" s="460"/>
       <c r="U16" s="460"/>
       <c r="V16" s="460"/>
       <c r="W16" s="460"/>
       <c r="X16" s="460"/>
       <c r="Y16" s="460"/>
       <c r="Z16" s="460"/>
       <c r="AA16" s="460"/>
       <c r="AB16" s="460"/>
       <c r="AC16" s="461"/>
     </row>
-    <row r="17" spans="2:29" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.45"/>
-[...1 lines deleted...]
-    <row r="19" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="17" spans="2:29" ht="10.25" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="18" spans="2:29" ht="7.25" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="19" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B19" s="44" t="s">
         <v>128</v>
       </c>
       <c r="C19" s="43"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
       <c r="I19" s="37"/>
       <c r="J19" s="37"/>
       <c r="K19" s="37"/>
       <c r="L19" s="37"/>
       <c r="M19" s="37"/>
       <c r="N19" s="37"/>
       <c r="O19" s="37"/>
       <c r="P19" s="37"/>
       <c r="Q19" s="37"/>
       <c r="R19" s="37"/>
       <c r="S19" s="37"/>
       <c r="T19" s="37"/>
       <c r="U19" s="37"/>
       <c r="V19" s="37"/>
       <c r="W19" s="37"/>
       <c r="X19" s="37"/>
       <c r="Y19" s="37"/>
       <c r="Z19" s="37"/>
       <c r="AA19" s="37"/>
-      <c r="AB19" s="363" t="s">
+      <c r="AB19" s="344" t="s">
         <v>127</v>
       </c>
-      <c r="AC19" s="363"/>
-[...1 lines deleted...]
-    <row r="20" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="AC19" s="344"/>
+    </row>
+    <row r="20" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B20" s="42">
         <v>1</v>
       </c>
       <c r="C20" s="41" t="s">
         <v>171</v>
       </c>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="40"/>
       <c r="H20" s="40"/>
       <c r="I20" s="40"/>
       <c r="J20" s="40"/>
       <c r="K20" s="40"/>
       <c r="L20" s="40"/>
       <c r="M20" s="40"/>
       <c r="N20" s="40"/>
       <c r="O20" s="40"/>
       <c r="P20" s="40"/>
       <c r="Q20" s="40"/>
       <c r="R20" s="40"/>
       <c r="S20" s="40"/>
       <c r="T20" s="40"/>
       <c r="U20" s="40"/>
       <c r="V20" s="40"/>
       <c r="W20" s="40"/>
       <c r="X20" s="40"/>
       <c r="Y20" s="40"/>
       <c r="Z20" s="40"/>
       <c r="AA20" s="40"/>
       <c r="AB20" s="40"/>
       <c r="AC20" s="454"/>
     </row>
-    <row r="21" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="21" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B21" s="39"/>
       <c r="C21" s="38" t="s">
         <v>126</v>
       </c>
       <c r="D21" s="37"/>
       <c r="E21" s="37"/>
       <c r="F21" s="37"/>
       <c r="G21" s="37"/>
       <c r="H21" s="37"/>
       <c r="I21" s="37"/>
       <c r="J21" s="37"/>
       <c r="K21" s="37"/>
       <c r="L21" s="37"/>
       <c r="M21" s="37"/>
       <c r="N21" s="37"/>
       <c r="O21" s="37"/>
       <c r="P21" s="37"/>
       <c r="Q21" s="37"/>
       <c r="R21" s="37"/>
       <c r="S21" s="37"/>
       <c r="T21" s="37"/>
       <c r="U21" s="37"/>
       <c r="V21" s="37"/>
       <c r="W21" s="37"/>
       <c r="X21" s="37"/>
       <c r="Y21" s="37"/>
       <c r="Z21" s="37"/>
       <c r="AA21" s="37"/>
       <c r="AB21" s="37"/>
       <c r="AC21" s="455"/>
     </row>
-    <row r="22" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="22" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B22" s="36">
         <v>2</v>
       </c>
       <c r="C22" s="35" t="s">
         <v>170</v>
       </c>
       <c r="D22" s="34"/>
       <c r="E22" s="34"/>
       <c r="F22" s="34"/>
       <c r="G22" s="34"/>
       <c r="H22" s="34"/>
       <c r="I22" s="34"/>
       <c r="J22" s="34"/>
       <c r="K22" s="34"/>
       <c r="L22" s="34"/>
       <c r="M22" s="34"/>
       <c r="N22" s="34"/>
       <c r="O22" s="34"/>
       <c r="P22" s="34"/>
       <c r="Q22" s="34"/>
       <c r="R22" s="34"/>
       <c r="S22" s="34"/>
       <c r="T22" s="34"/>
       <c r="U22" s="34"/>
       <c r="V22" s="34"/>
       <c r="W22" s="34"/>
       <c r="X22" s="29"/>
       <c r="Y22" s="29"/>
       <c r="Z22" s="29"/>
       <c r="AA22" s="29"/>
       <c r="AB22" s="29"/>
       <c r="AC22" s="131"/>
     </row>
-    <row r="23" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="23" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B23" s="36">
         <v>3</v>
       </c>
       <c r="C23" s="35" t="s">
         <v>172</v>
       </c>
       <c r="D23" s="34"/>
       <c r="E23" s="34"/>
       <c r="F23" s="34"/>
       <c r="G23" s="34"/>
       <c r="H23" s="34"/>
       <c r="I23" s="34"/>
       <c r="J23" s="34"/>
       <c r="K23" s="34"/>
       <c r="L23" s="34"/>
       <c r="M23" s="34"/>
       <c r="N23" s="34"/>
       <c r="O23" s="34"/>
       <c r="P23" s="34"/>
       <c r="Q23" s="34"/>
       <c r="R23" s="34"/>
       <c r="S23" s="34"/>
       <c r="T23" s="34"/>
       <c r="U23" s="34"/>
       <c r="V23" s="34"/>
       <c r="W23" s="34"/>
       <c r="X23" s="29"/>
       <c r="Y23" s="29"/>
       <c r="Z23" s="29"/>
       <c r="AA23" s="29"/>
       <c r="AB23" s="29"/>
       <c r="AC23" s="131"/>
     </row>
-    <row r="24" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="24" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B24" s="36">
         <v>4</v>
       </c>
       <c r="C24" s="35" t="s">
         <v>125</v>
       </c>
       <c r="D24" s="34"/>
       <c r="E24" s="34"/>
       <c r="F24" s="34"/>
       <c r="G24" s="34"/>
       <c r="H24" s="34"/>
       <c r="I24" s="34"/>
       <c r="J24" s="34"/>
       <c r="K24" s="34"/>
       <c r="L24" s="34"/>
       <c r="M24" s="34"/>
       <c r="N24" s="34"/>
       <c r="O24" s="34"/>
       <c r="P24" s="34"/>
       <c r="Q24" s="34"/>
       <c r="R24" s="34"/>
       <c r="S24" s="34"/>
       <c r="T24" s="34"/>
       <c r="U24" s="34"/>
       <c r="V24" s="34"/>
       <c r="W24" s="34"/>
       <c r="X24" s="29"/>
       <c r="Y24" s="29"/>
       <c r="Z24" s="29"/>
       <c r="AA24" s="29"/>
       <c r="AB24" s="29"/>
       <c r="AC24" s="132"/>
     </row>
-    <row r="25" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="25" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B25" s="27" t="s">
         <v>176</v>
       </c>
       <c r="C25" s="33"/>
     </row>
-    <row r="26" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="26" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="C26" s="33"/>
     </row>
-    <row r="27" spans="2:29" ht="11.25" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="28" spans="2:29" ht="11.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="27" spans="2:29" ht="11.25" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="28" spans="2:29" ht="11.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B28" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="29" spans="2:29" ht="37.799999999999997" x14ac:dyDescent="0.45">
+    <row r="29" spans="2:29" ht="34.5" x14ac:dyDescent="0.55000000000000004">
       <c r="B29" s="167"/>
       <c r="C29" s="168"/>
       <c r="D29" s="169"/>
       <c r="E29" s="170" t="s">
         <v>122</v>
       </c>
       <c r="F29" s="171"/>
       <c r="G29" s="172"/>
       <c r="H29" s="170" t="s">
         <v>94</v>
       </c>
       <c r="I29" s="171"/>
       <c r="J29" s="171"/>
       <c r="K29" s="171"/>
       <c r="L29" s="171"/>
       <c r="M29" s="171"/>
       <c r="N29" s="171"/>
       <c r="O29" s="171"/>
       <c r="P29" s="171"/>
       <c r="Q29" s="172"/>
       <c r="R29" s="300" t="s">
         <v>166</v>
       </c>
       <c r="S29" s="171"/>
       <c r="T29" s="172"/>
       <c r="U29" s="170" t="s">
         <v>92</v>
       </c>
       <c r="V29" s="171"/>
       <c r="W29" s="171"/>
       <c r="X29" s="171"/>
       <c r="Y29" s="171"/>
       <c r="Z29" s="171"/>
       <c r="AA29" s="171"/>
       <c r="AB29" s="172"/>
       <c r="AC29" s="133" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="30" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="30" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B30" s="471" t="s">
         <v>165</v>
       </c>
       <c r="C30" s="472"/>
       <c r="D30" s="472"/>
       <c r="E30" s="476"/>
       <c r="F30" s="477"/>
       <c r="G30" s="478"/>
       <c r="H30" s="197" t="s">
         <v>91</v>
       </c>
       <c r="I30" s="198"/>
       <c r="J30" s="485"/>
       <c r="K30" s="485"/>
       <c r="L30" s="485"/>
       <c r="M30" s="485"/>
       <c r="N30" s="485"/>
       <c r="O30" s="485"/>
       <c r="P30" s="485"/>
       <c r="Q30" s="486"/>
       <c r="R30" s="487"/>
       <c r="S30" s="488"/>
       <c r="T30" s="489"/>
       <c r="U30" s="32" t="s">
         <v>90</v>
       </c>
       <c r="V30" s="71"/>
       <c r="W30" s="31" t="s">
         <v>31</v>
       </c>
       <c r="X30" s="72"/>
       <c r="Y30" s="31" t="s">
         <v>31</v>
       </c>
       <c r="Z30" s="452"/>
       <c r="AA30" s="452"/>
       <c r="AB30" s="453"/>
       <c r="AC30" s="495"/>
     </row>
-    <row r="31" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="31" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B31" s="473"/>
       <c r="C31" s="474"/>
       <c r="D31" s="474"/>
       <c r="E31" s="479"/>
       <c r="F31" s="480"/>
       <c r="G31" s="481"/>
       <c r="H31" s="497"/>
       <c r="I31" s="498"/>
       <c r="J31" s="498"/>
       <c r="K31" s="498"/>
       <c r="L31" s="498"/>
       <c r="M31" s="498"/>
       <c r="N31" s="498"/>
       <c r="O31" s="498"/>
       <c r="P31" s="498"/>
       <c r="Q31" s="499"/>
       <c r="R31" s="456"/>
       <c r="S31" s="457"/>
       <c r="T31" s="458"/>
       <c r="U31" s="30" t="s">
         <v>88</v>
       </c>
       <c r="V31" s="73"/>
       <c r="W31" s="20" t="s">
         <v>31</v>
       </c>
       <c r="X31" s="74"/>
       <c r="Y31" s="20" t="s">
         <v>31</v>
       </c>
       <c r="Z31" s="450"/>
       <c r="AA31" s="450"/>
       <c r="AB31" s="451"/>
       <c r="AC31" s="496"/>
     </row>
-    <row r="32" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="32" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B32" s="161"/>
       <c r="C32" s="475"/>
       <c r="D32" s="475"/>
       <c r="E32" s="482"/>
       <c r="F32" s="483"/>
       <c r="G32" s="484"/>
       <c r="H32" s="500"/>
       <c r="I32" s="501"/>
       <c r="J32" s="501"/>
       <c r="K32" s="501"/>
       <c r="L32" s="501"/>
       <c r="M32" s="501"/>
       <c r="N32" s="501"/>
       <c r="O32" s="501"/>
       <c r="P32" s="501"/>
       <c r="Q32" s="502"/>
       <c r="R32" s="459"/>
       <c r="S32" s="460"/>
       <c r="T32" s="461"/>
       <c r="U32" s="28" t="s">
         <v>87</v>
       </c>
       <c r="V32" s="503"/>
       <c r="W32" s="504"/>
       <c r="X32" s="504"/>
       <c r="Y32" s="504"/>
       <c r="Z32" s="504"/>
       <c r="AA32" s="504"/>
       <c r="AB32" s="505"/>
       <c r="AC32" s="496"/>
     </row>
-    <row r="33" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="33" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B33" s="173" t="s">
         <v>116</v>
       </c>
       <c r="C33" s="174"/>
       <c r="D33" s="174"/>
       <c r="E33" s="476"/>
       <c r="F33" s="477"/>
       <c r="G33" s="478"/>
       <c r="H33" s="197" t="s">
         <v>91</v>
       </c>
       <c r="I33" s="198"/>
       <c r="J33" s="485"/>
       <c r="K33" s="485"/>
       <c r="L33" s="485"/>
       <c r="M33" s="485"/>
       <c r="N33" s="485"/>
       <c r="O33" s="485"/>
       <c r="P33" s="485"/>
       <c r="Q33" s="486"/>
       <c r="R33" s="487"/>
       <c r="S33" s="488"/>
       <c r="T33" s="489"/>
       <c r="U33" s="66" t="s">
         <v>90</v>
       </c>
       <c r="V33" s="71"/>
       <c r="W33" s="31" t="s">
         <v>31</v>
       </c>
       <c r="X33" s="72"/>
       <c r="Y33" s="31" t="s">
         <v>31</v>
       </c>
       <c r="Z33" s="452"/>
       <c r="AA33" s="452"/>
       <c r="AB33" s="453"/>
       <c r="AC33" s="495"/>
     </row>
-    <row r="34" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="34" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B34" s="175"/>
       <c r="C34" s="176"/>
       <c r="D34" s="176"/>
       <c r="E34" s="479"/>
       <c r="F34" s="480"/>
       <c r="G34" s="481"/>
       <c r="H34" s="497"/>
       <c r="I34" s="498"/>
       <c r="J34" s="498"/>
       <c r="K34" s="498"/>
       <c r="L34" s="498"/>
       <c r="M34" s="498"/>
       <c r="N34" s="498"/>
       <c r="O34" s="498"/>
       <c r="P34" s="498"/>
       <c r="Q34" s="499"/>
       <c r="R34" s="456"/>
       <c r="S34" s="457"/>
       <c r="T34" s="458"/>
       <c r="U34" s="30" t="s">
         <v>88</v>
       </c>
       <c r="V34" s="73"/>
       <c r="W34" s="20" t="s">
         <v>31</v>
       </c>
       <c r="X34" s="74"/>
       <c r="Y34" s="20" t="s">
         <v>31</v>
       </c>
       <c r="Z34" s="450"/>
       <c r="AA34" s="450"/>
       <c r="AB34" s="451"/>
       <c r="AC34" s="496"/>
     </row>
-    <row r="35" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="35" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B35" s="177"/>
       <c r="C35" s="178"/>
       <c r="D35" s="178"/>
       <c r="E35" s="482"/>
       <c r="F35" s="483"/>
       <c r="G35" s="484"/>
       <c r="H35" s="500"/>
       <c r="I35" s="501"/>
       <c r="J35" s="501"/>
       <c r="K35" s="501"/>
       <c r="L35" s="501"/>
       <c r="M35" s="501"/>
       <c r="N35" s="501"/>
       <c r="O35" s="501"/>
       <c r="P35" s="501"/>
       <c r="Q35" s="502"/>
       <c r="R35" s="459"/>
       <c r="S35" s="460"/>
       <c r="T35" s="461"/>
       <c r="U35" s="28" t="s">
         <v>87</v>
       </c>
       <c r="V35" s="503"/>
       <c r="W35" s="504"/>
       <c r="X35" s="504"/>
       <c r="Y35" s="504"/>
       <c r="Z35" s="504"/>
       <c r="AA35" s="504"/>
       <c r="AB35" s="505"/>
       <c r="AC35" s="496"/>
     </row>
-    <row r="36" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="36" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B36" s="173" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="174"/>
       <c r="D36" s="174"/>
       <c r="E36" s="476"/>
       <c r="F36" s="477"/>
       <c r="G36" s="478"/>
       <c r="H36" s="197" t="s">
         <v>91</v>
       </c>
       <c r="I36" s="198"/>
       <c r="J36" s="485"/>
       <c r="K36" s="485"/>
       <c r="L36" s="485"/>
       <c r="M36" s="485"/>
       <c r="N36" s="485"/>
       <c r="O36" s="485"/>
       <c r="P36" s="485"/>
       <c r="Q36" s="486"/>
       <c r="R36" s="487"/>
       <c r="S36" s="488"/>
       <c r="T36" s="489"/>
       <c r="U36" s="66" t="s">
         <v>90</v>
       </c>
       <c r="V36" s="71"/>
       <c r="W36" s="31" t="s">
         <v>31</v>
       </c>
       <c r="X36" s="72"/>
       <c r="Y36" s="31" t="s">
         <v>31</v>
       </c>
       <c r="Z36" s="452"/>
       <c r="AA36" s="452"/>
       <c r="AB36" s="453"/>
       <c r="AC36" s="495"/>
     </row>
-    <row r="37" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="37" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B37" s="175"/>
       <c r="C37" s="176"/>
       <c r="D37" s="176"/>
       <c r="E37" s="479"/>
       <c r="F37" s="480"/>
       <c r="G37" s="481"/>
       <c r="H37" s="497"/>
       <c r="I37" s="498"/>
       <c r="J37" s="498"/>
       <c r="K37" s="498"/>
       <c r="L37" s="498"/>
       <c r="M37" s="498"/>
       <c r="N37" s="498"/>
       <c r="O37" s="498"/>
       <c r="P37" s="498"/>
       <c r="Q37" s="499"/>
       <c r="R37" s="456"/>
       <c r="S37" s="457"/>
       <c r="T37" s="458"/>
       <c r="U37" s="30" t="s">
         <v>88</v>
       </c>
       <c r="V37" s="73"/>
       <c r="W37" s="20" t="s">
         <v>31</v>
       </c>
       <c r="X37" s="74"/>
       <c r="Y37" s="20" t="s">
         <v>31</v>
       </c>
       <c r="Z37" s="450"/>
       <c r="AA37" s="450"/>
       <c r="AB37" s="451"/>
       <c r="AC37" s="496"/>
     </row>
-    <row r="38" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="38" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B38" s="177"/>
       <c r="C38" s="178"/>
       <c r="D38" s="178"/>
       <c r="E38" s="482"/>
       <c r="F38" s="483"/>
       <c r="G38" s="484"/>
       <c r="H38" s="500"/>
       <c r="I38" s="501"/>
       <c r="J38" s="501"/>
       <c r="K38" s="501"/>
       <c r="L38" s="501"/>
       <c r="M38" s="501"/>
       <c r="N38" s="501"/>
       <c r="O38" s="501"/>
       <c r="P38" s="501"/>
       <c r="Q38" s="502"/>
       <c r="R38" s="459"/>
       <c r="S38" s="460"/>
       <c r="T38" s="461"/>
       <c r="U38" s="28" t="s">
         <v>87</v>
       </c>
       <c r="V38" s="503"/>
       <c r="W38" s="504"/>
       <c r="X38" s="504"/>
       <c r="Y38" s="504"/>
       <c r="Z38" s="504"/>
       <c r="AA38" s="504"/>
       <c r="AB38" s="505"/>
       <c r="AC38" s="496"/>
     </row>
-    <row r="39" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="39" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B39" s="10" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="40" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="40" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B40" s="27"/>
     </row>
-    <row r="41" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="41" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B41" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>164</v>
       </c>
       <c r="F41" s="12"/>
     </row>
-    <row r="42" spans="2:29" x14ac:dyDescent="0.45">
-      <c r="B42" s="396" t="s">
+    <row r="42" spans="2:29" x14ac:dyDescent="0.55000000000000004">
+      <c r="B42" s="387" t="s">
         <v>101</v>
       </c>
-      <c r="C42" s="397"/>
-      <c r="D42" s="398"/>
+      <c r="C42" s="388"/>
+      <c r="D42" s="389"/>
       <c r="E42" s="75"/>
-      <c r="F42" s="402" t="s">
+      <c r="F42" s="393" t="s">
         <v>100</v>
       </c>
-      <c r="G42" s="403"/>
-[...26 lines deleted...]
-      <c r="D43" s="401"/>
+      <c r="G42" s="394"/>
+      <c r="H42" s="394"/>
+      <c r="I42" s="394"/>
+      <c r="J42" s="394"/>
+      <c r="K42" s="394"/>
+      <c r="L42" s="394"/>
+      <c r="M42" s="394"/>
+      <c r="N42" s="394"/>
+      <c r="O42" s="394"/>
+      <c r="P42" s="394"/>
+      <c r="Q42" s="394"/>
+      <c r="R42" s="394"/>
+      <c r="S42" s="394"/>
+      <c r="T42" s="394"/>
+      <c r="U42" s="394"/>
+      <c r="V42" s="394"/>
+      <c r="W42" s="394"/>
+      <c r="X42" s="394"/>
+      <c r="Y42" s="394"/>
+      <c r="Z42" s="394"/>
+      <c r="AA42" s="394"/>
+      <c r="AB42" s="394"/>
+      <c r="AC42" s="395"/>
+    </row>
+    <row r="43" spans="2:29" x14ac:dyDescent="0.55000000000000004">
+      <c r="B43" s="390"/>
+      <c r="C43" s="391"/>
+      <c r="D43" s="392"/>
       <c r="E43" s="129"/>
-      <c r="F43" s="402" t="s">
+      <c r="F43" s="393" t="s">
         <v>98</v>
       </c>
-      <c r="G43" s="403"/>
-[...24 lines deleted...]
-      <c r="B44" s="396" t="s">
+      <c r="G43" s="394"/>
+      <c r="H43" s="394"/>
+      <c r="I43" s="394"/>
+      <c r="J43" s="394"/>
+      <c r="K43" s="394"/>
+      <c r="L43" s="394"/>
+      <c r="M43" s="394"/>
+      <c r="N43" s="394"/>
+      <c r="O43" s="394"/>
+      <c r="P43" s="394"/>
+      <c r="Q43" s="394"/>
+      <c r="R43" s="394"/>
+      <c r="S43" s="394"/>
+      <c r="T43" s="394"/>
+      <c r="U43" s="394"/>
+      <c r="V43" s="394"/>
+      <c r="W43" s="394"/>
+      <c r="X43" s="394"/>
+      <c r="Y43" s="394"/>
+      <c r="Z43" s="394"/>
+      <c r="AA43" s="394"/>
+      <c r="AB43" s="394"/>
+      <c r="AC43" s="395"/>
+    </row>
+    <row r="44" spans="2:29" ht="28" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B44" s="387" t="s">
         <v>163</v>
       </c>
-      <c r="C44" s="397"/>
-      <c r="D44" s="398"/>
+      <c r="C44" s="388"/>
+      <c r="D44" s="389"/>
       <c r="E44" s="300" t="s">
         <v>96</v>
       </c>
       <c r="F44" s="301"/>
       <c r="G44" s="301"/>
       <c r="H44" s="301"/>
       <c r="I44" s="516"/>
       <c r="J44" s="517"/>
       <c r="K44" s="517"/>
       <c r="L44" s="517"/>
       <c r="M44" s="517"/>
       <c r="N44" s="517"/>
       <c r="O44" s="517"/>
       <c r="P44" s="517"/>
       <c r="Q44" s="517"/>
       <c r="R44" s="517"/>
       <c r="S44" s="517"/>
       <c r="T44" s="517"/>
       <c r="U44" s="517"/>
       <c r="V44" s="517"/>
       <c r="W44" s="517"/>
       <c r="X44" s="517"/>
       <c r="Y44" s="517"/>
       <c r="Z44" s="517"/>
       <c r="AA44" s="517"/>
       <c r="AB44" s="517"/>
       <c r="AC44" s="518"/>
     </row>
-    <row r="45" spans="2:29" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D45" s="407"/>
+    <row r="45" spans="2:29" x14ac:dyDescent="0.55000000000000004">
+      <c r="B45" s="396"/>
+      <c r="C45" s="397"/>
+      <c r="D45" s="398"/>
       <c r="E45" s="184" t="s">
         <v>95</v>
       </c>
       <c r="F45" s="185"/>
       <c r="G45" s="185"/>
       <c r="H45" s="186"/>
       <c r="I45" s="184" t="s">
         <v>94</v>
       </c>
       <c r="J45" s="185"/>
       <c r="K45" s="185"/>
       <c r="L45" s="185"/>
       <c r="M45" s="185"/>
       <c r="N45" s="185"/>
       <c r="O45" s="186"/>
       <c r="P45" s="134" t="s">
         <v>93</v>
       </c>
       <c r="Q45" s="135"/>
       <c r="R45" s="135"/>
       <c r="S45" s="135"/>
       <c r="T45" s="135"/>
       <c r="U45" s="135"/>
       <c r="V45" s="136"/>
       <c r="W45" s="170" t="s">
         <v>92</v>
       </c>
       <c r="X45" s="171"/>
       <c r="Y45" s="171"/>
       <c r="Z45" s="171"/>
       <c r="AA45" s="171"/>
       <c r="AB45" s="171"/>
       <c r="AC45" s="172"/>
     </row>
-    <row r="46" spans="2:29" ht="27" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="D46" s="407"/>
+    <row r="46" spans="2:29" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B46" s="396"/>
+      <c r="C46" s="397"/>
+      <c r="D46" s="398"/>
       <c r="E46" s="490"/>
       <c r="F46" s="491"/>
       <c r="G46" s="491"/>
       <c r="H46" s="492"/>
       <c r="I46" s="228" t="s">
         <v>91</v>
       </c>
       <c r="J46" s="229"/>
       <c r="K46" s="446"/>
       <c r="L46" s="446"/>
       <c r="M46" s="446"/>
       <c r="N46" s="446"/>
       <c r="O46" s="447"/>
       <c r="P46" s="26" t="s">
         <v>37</v>
       </c>
       <c r="Q46" s="493"/>
       <c r="R46" s="494"/>
       <c r="S46" s="25" t="s">
         <v>31</v>
       </c>
       <c r="T46" s="519"/>
       <c r="U46" s="520"/>
       <c r="V46" s="521"/>
       <c r="W46" s="24" t="s">
         <v>90</v>
       </c>
       <c r="X46" s="76"/>
       <c r="Y46" s="23" t="s">
         <v>31</v>
       </c>
       <c r="Z46" s="77"/>
       <c r="AA46" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="AB46" s="77"/>
-[...5 lines deleted...]
-      <c r="D47" s="407"/>
+      <c r="AB46" s="570"/>
+      <c r="AC46" s="571"/>
+    </row>
+    <row r="47" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B47" s="396"/>
+      <c r="C47" s="397"/>
+      <c r="D47" s="398"/>
       <c r="E47" s="184" t="s">
         <v>89</v>
       </c>
       <c r="F47" s="185"/>
       <c r="G47" s="185"/>
       <c r="H47" s="186"/>
       <c r="I47" s="563"/>
       <c r="J47" s="563"/>
       <c r="K47" s="563"/>
       <c r="L47" s="563"/>
       <c r="M47" s="563"/>
       <c r="N47" s="563"/>
       <c r="O47" s="564"/>
       <c r="P47" s="480"/>
       <c r="Q47" s="480"/>
       <c r="R47" s="480"/>
       <c r="S47" s="480"/>
       <c r="T47" s="480"/>
       <c r="U47" s="480"/>
       <c r="V47" s="481"/>
       <c r="W47" s="21" t="s">
         <v>88</v>
       </c>
       <c r="X47" s="73"/>
       <c r="Y47" s="20" t="s">
         <v>31</v>
       </c>
       <c r="Z47" s="74"/>
       <c r="AA47" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="AB47" s="74"/>
-[...5 lines deleted...]
-      <c r="D48" s="401"/>
+      <c r="AB47" s="572"/>
+      <c r="AC47" s="573"/>
+    </row>
+    <row r="48" spans="2:29" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B48" s="390"/>
+      <c r="C48" s="391"/>
+      <c r="D48" s="392"/>
       <c r="E48" s="565"/>
       <c r="F48" s="566"/>
       <c r="G48" s="566"/>
       <c r="H48" s="567"/>
       <c r="I48" s="501"/>
       <c r="J48" s="501"/>
       <c r="K48" s="501"/>
       <c r="L48" s="501"/>
       <c r="M48" s="501"/>
       <c r="N48" s="501"/>
       <c r="O48" s="502"/>
       <c r="P48" s="483"/>
       <c r="Q48" s="483"/>
       <c r="R48" s="483"/>
       <c r="S48" s="483"/>
       <c r="T48" s="483"/>
       <c r="U48" s="483"/>
       <c r="V48" s="484"/>
       <c r="W48" s="18" t="s">
         <v>87</v>
       </c>
       <c r="X48" s="513"/>
       <c r="Y48" s="514"/>
       <c r="Z48" s="514"/>
       <c r="AA48" s="514"/>
       <c r="AB48" s="514"/>
       <c r="AC48" s="515"/>
     </row>
-    <row r="49" spans="2:16" ht="18" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="50" spans="2:16" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="49" spans="2:16" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="50" spans="2:16" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B50" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>85</v>
       </c>
       <c r="F50" s="53" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="51" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="51" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="B51" s="167"/>
       <c r="C51" s="168"/>
       <c r="D51" s="169"/>
       <c r="E51" s="170" t="s">
         <v>83</v>
       </c>
       <c r="F51" s="171"/>
       <c r="G51" s="172"/>
       <c r="H51" s="170" t="s">
         <v>82</v>
       </c>
       <c r="I51" s="171"/>
       <c r="J51" s="172"/>
       <c r="K51" s="170" t="s">
         <v>81</v>
       </c>
       <c r="L51" s="172"/>
     </row>
-    <row r="52" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="52" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="B52" s="273" t="s">
         <v>79</v>
       </c>
       <c r="C52" s="274"/>
       <c r="D52" s="275"/>
       <c r="E52" s="163">
         <v>1</v>
       </c>
       <c r="F52" s="163"/>
       <c r="G52" s="163"/>
       <c r="H52" s="510"/>
       <c r="I52" s="510"/>
       <c r="J52" s="510"/>
       <c r="K52" s="163">
         <f>SUM(E52:J52)</f>
         <v>1</v>
       </c>
       <c r="L52" s="163"/>
     </row>
-    <row r="53" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="53" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B53" s="300" t="s">
         <v>78</v>
       </c>
       <c r="C53" s="301"/>
       <c r="D53" s="302"/>
       <c r="E53" s="303"/>
       <c r="F53" s="304"/>
       <c r="G53" s="305"/>
       <c r="H53" s="568"/>
       <c r="I53" s="569"/>
       <c r="J53" s="569"/>
       <c r="K53" s="161">
         <f>SUM(E53:J53)</f>
         <v>0</v>
       </c>
       <c r="L53" s="162"/>
     </row>
-    <row r="54" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="54" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="B54" s="16"/>
       <c r="C54" s="16"/>
       <c r="D54" s="16"/>
       <c r="E54" s="65"/>
       <c r="F54" s="65"/>
       <c r="G54" s="65"/>
       <c r="H54" s="15"/>
       <c r="I54" s="15"/>
       <c r="J54" s="15"/>
       <c r="K54" s="65"/>
       <c r="L54" s="65"/>
     </row>
-    <row r="55" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="55" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="B55" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F55" s="12"/>
     </row>
-    <row r="56" spans="2:16" ht="9.75" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="C56" s="413"/>
+    <row r="56" spans="2:16" ht="9.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B56" s="404"/>
+      <c r="C56" s="404"/>
       <c r="D56" s="181" t="s">
         <v>75</v>
       </c>
       <c r="E56" s="181"/>
       <c r="F56" s="181"/>
       <c r="G56" s="181"/>
       <c r="H56" s="170" t="s">
         <v>74</v>
       </c>
       <c r="I56" s="171"/>
       <c r="J56" s="171"/>
       <c r="K56" s="171"/>
-      <c r="L56" s="414"/>
+      <c r="L56" s="405"/>
       <c r="M56" s="171"/>
       <c r="N56" s="171"/>
       <c r="O56" s="172"/>
     </row>
-    <row r="57" spans="2:16" x14ac:dyDescent="0.45">
-      <c r="B57" s="341" t="s">
+    <row r="57" spans="2:16" x14ac:dyDescent="0.55000000000000004">
+      <c r="B57" s="308" t="s">
         <v>72</v>
       </c>
-      <c r="C57" s="341"/>
+      <c r="C57" s="308"/>
       <c r="D57" s="506"/>
       <c r="E57" s="507"/>
       <c r="F57" s="507"/>
       <c r="G57" s="508"/>
       <c r="H57" s="509"/>
       <c r="I57" s="510"/>
       <c r="J57" s="510"/>
       <c r="K57" s="511"/>
       <c r="L57" s="512"/>
       <c r="M57" s="512"/>
       <c r="N57" s="512"/>
       <c r="O57" s="17" t="s">
         <v>71</v>
       </c>
       <c r="P57" s="10" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="58" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="59" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="58" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="59" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B59" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="60" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="60" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="B60" s="282" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="283"/>
       <c r="D60" s="284"/>
       <c r="E60" s="448"/>
       <c r="F60" s="449"/>
       <c r="G60" s="449"/>
       <c r="H60" s="14" t="s">
         <v>61</v>
       </c>
       <c r="I60" s="78"/>
       <c r="J60" s="14" t="s">
         <v>66</v>
       </c>
       <c r="K60" s="13"/>
       <c r="L60" s="63"/>
       <c r="M60" s="63"/>
       <c r="N60" s="63"/>
       <c r="O60" s="63"/>
     </row>
     <row r="61" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B61" s="282" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="283"/>
       <c r="D61" s="284"/>
       <c r="E61" s="448"/>
       <c r="F61" s="449"/>
       <c r="G61" s="449"/>
       <c r="H61" s="14" t="s">
         <v>61</v>
       </c>
       <c r="I61" s="78"/>
       <c r="J61" s="14" t="s">
         <v>59</v>
       </c>
       <c r="K61" s="13"/>
       <c r="L61" s="64" t="s">
         <v>161</v>
       </c>
       <c r="M61" s="63"/>
       <c r="N61" s="63"/>
       <c r="O61" s="63"/>
     </row>
-    <row r="62" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="62" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="L62" s="62" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="63" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="63" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="B63" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F63" s="12"/>
       <c r="K63" s="12"/>
     </row>
-    <row r="64" spans="2:16" x14ac:dyDescent="0.45">
+    <row r="64" spans="2:16" x14ac:dyDescent="0.55000000000000004">
       <c r="B64" s="2"/>
       <c r="C64" s="1" t="s">
         <v>159</v>
       </c>
       <c r="F64" s="12"/>
       <c r="K64" s="12"/>
     </row>
-    <row r="65" spans="2:35" x14ac:dyDescent="0.45">
+    <row r="65" spans="2:35" x14ac:dyDescent="0.55000000000000004">
       <c r="B65" s="562"/>
       <c r="C65" s="562"/>
       <c r="D65" s="562"/>
       <c r="E65" s="562"/>
       <c r="F65" s="562"/>
       <c r="G65" s="562"/>
       <c r="H65" s="562"/>
       <c r="I65" s="562"/>
       <c r="J65" s="562"/>
       <c r="K65" s="562"/>
       <c r="L65" s="562"/>
       <c r="M65" s="562"/>
       <c r="N65" s="562"/>
       <c r="O65" s="562"/>
       <c r="P65" s="562"/>
       <c r="Q65" s="562"/>
       <c r="R65" s="562"/>
       <c r="S65" s="562"/>
       <c r="T65" s="562"/>
       <c r="U65" s="562"/>
       <c r="V65" s="562"/>
       <c r="W65" s="562"/>
       <c r="X65" s="562"/>
       <c r="Y65" s="562"/>
       <c r="Z65" s="562"/>
       <c r="AA65" s="562"/>
       <c r="AB65" s="562"/>
       <c r="AC65" s="562"/>
     </row>
-    <row r="66" spans="2:35" ht="52.05" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="66" spans="2:35" ht="52" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B66" s="554" t="s">
         <v>158</v>
       </c>
       <c r="C66" s="555"/>
       <c r="D66" s="555"/>
       <c r="E66" s="555"/>
       <c r="F66" s="555"/>
       <c r="G66" s="555"/>
       <c r="H66" s="555"/>
       <c r="I66" s="555"/>
       <c r="J66" s="555"/>
       <c r="K66" s="555"/>
       <c r="L66" s="555"/>
       <c r="M66" s="555"/>
       <c r="N66" s="555"/>
       <c r="O66" s="555"/>
       <c r="P66" s="555"/>
       <c r="Q66" s="555"/>
       <c r="R66" s="555"/>
       <c r="S66" s="555"/>
       <c r="T66" s="555"/>
       <c r="U66" s="555"/>
       <c r="V66" s="555"/>
       <c r="W66" s="555"/>
       <c r="X66" s="555"/>
       <c r="Y66" s="555"/>
       <c r="Z66" s="555"/>
       <c r="AA66" s="555"/>
       <c r="AB66" s="555"/>
       <c r="AC66" s="556"/>
       <c r="AI66" s="58"/>
     </row>
-    <row r="67" spans="2:35" ht="54" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="67" spans="2:35" ht="54" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B67" s="554" t="s">
         <v>157</v>
       </c>
       <c r="C67" s="557"/>
       <c r="D67" s="557"/>
       <c r="E67" s="557"/>
       <c r="F67" s="557"/>
       <c r="G67" s="557"/>
       <c r="H67" s="557"/>
       <c r="I67" s="557"/>
       <c r="J67" s="557"/>
       <c r="K67" s="557"/>
       <c r="L67" s="557"/>
       <c r="M67" s="557"/>
       <c r="N67" s="557"/>
       <c r="O67" s="557"/>
       <c r="P67" s="557"/>
       <c r="Q67" s="557"/>
       <c r="R67" s="557"/>
       <c r="S67" s="557"/>
       <c r="T67" s="557"/>
       <c r="U67" s="557"/>
       <c r="V67" s="557"/>
       <c r="W67" s="557"/>
       <c r="X67" s="557"/>
       <c r="Y67" s="557"/>
       <c r="Z67" s="557"/>
       <c r="AA67" s="557"/>
       <c r="AB67" s="557"/>
       <c r="AC67" s="558"/>
       <c r="AI67" s="58"/>
     </row>
-    <row r="68" spans="2:35" ht="46.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="68" spans="2:35" ht="46.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B68" s="137" t="s">
         <v>156</v>
       </c>
       <c r="C68" s="138"/>
       <c r="D68" s="138"/>
       <c r="E68" s="138"/>
       <c r="F68" s="139"/>
       <c r="G68" s="138"/>
       <c r="H68" s="138"/>
       <c r="I68" s="138"/>
       <c r="J68" s="138"/>
       <c r="K68" s="139"/>
       <c r="L68" s="138"/>
       <c r="M68" s="138"/>
       <c r="N68" s="138"/>
       <c r="O68" s="138"/>
       <c r="P68" s="138"/>
       <c r="Q68" s="138"/>
       <c r="R68" s="138"/>
       <c r="S68" s="138"/>
       <c r="T68" s="138"/>
       <c r="U68" s="138"/>
       <c r="V68" s="138"/>
       <c r="W68" s="138"/>
       <c r="X68" s="138"/>
       <c r="Y68" s="138"/>
       <c r="Z68" s="138"/>
       <c r="AA68" s="138"/>
       <c r="AB68" s="138"/>
       <c r="AC68" s="140"/>
       <c r="AI68" s="58"/>
     </row>
-    <row r="69" spans="2:35" ht="33.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="69" spans="2:35" ht="33.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B69" s="173" t="s">
         <v>34</v>
       </c>
       <c r="C69" s="290"/>
       <c r="D69" s="559"/>
       <c r="E69" s="560"/>
       <c r="F69" s="560"/>
       <c r="G69" s="560"/>
       <c r="H69" s="560"/>
       <c r="I69" s="560"/>
       <c r="J69" s="560"/>
       <c r="K69" s="560"/>
       <c r="L69" s="560"/>
       <c r="M69" s="560"/>
       <c r="N69" s="560"/>
       <c r="O69" s="560"/>
       <c r="P69" s="560"/>
       <c r="Q69" s="560"/>
       <c r="R69" s="560"/>
       <c r="S69" s="560"/>
       <c r="T69" s="560"/>
       <c r="U69" s="560"/>
       <c r="V69" s="560"/>
       <c r="W69" s="560"/>
       <c r="X69" s="560"/>
       <c r="Y69" s="560"/>
       <c r="Z69" s="560"/>
       <c r="AA69" s="560"/>
       <c r="AB69" s="560"/>
       <c r="AC69" s="561"/>
       <c r="AI69" s="58"/>
     </row>
-    <row r="70" spans="2:35" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="70" spans="2:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B70" s="177"/>
       <c r="C70" s="291"/>
       <c r="D70" s="559"/>
       <c r="E70" s="560"/>
       <c r="F70" s="560"/>
       <c r="G70" s="560"/>
       <c r="H70" s="560"/>
       <c r="I70" s="560"/>
       <c r="J70" s="560"/>
       <c r="K70" s="560"/>
       <c r="L70" s="560"/>
       <c r="M70" s="560"/>
       <c r="N70" s="560"/>
       <c r="O70" s="560"/>
       <c r="P70" s="560"/>
       <c r="Q70" s="560"/>
       <c r="R70" s="560"/>
       <c r="S70" s="560"/>
       <c r="T70" s="560"/>
       <c r="U70" s="560"/>
       <c r="V70" s="560"/>
       <c r="W70" s="560"/>
       <c r="X70" s="560"/>
       <c r="Y70" s="560"/>
       <c r="Z70" s="560"/>
       <c r="AA70" s="560"/>
       <c r="AB70" s="560"/>
       <c r="AC70" s="561"/>
     </row>
-    <row r="71" spans="2:35" x14ac:dyDescent="0.45">
+    <row r="71" spans="2:35" x14ac:dyDescent="0.55000000000000004">
       <c r="B71" s="173" t="s">
         <v>30</v>
       </c>
       <c r="C71" s="290"/>
       <c r="D71" s="559"/>
       <c r="E71" s="560"/>
       <c r="F71" s="560"/>
       <c r="G71" s="560"/>
       <c r="H71" s="560"/>
       <c r="I71" s="560"/>
       <c r="J71" s="560"/>
       <c r="K71" s="560"/>
       <c r="L71" s="560"/>
       <c r="M71" s="560"/>
       <c r="N71" s="560"/>
       <c r="O71" s="560"/>
       <c r="P71" s="560"/>
       <c r="Q71" s="560"/>
       <c r="R71" s="560"/>
       <c r="S71" s="560"/>
       <c r="T71" s="560"/>
       <c r="U71" s="560"/>
       <c r="V71" s="560"/>
       <c r="W71" s="560"/>
       <c r="X71" s="560"/>
       <c r="Y71" s="560"/>
       <c r="Z71" s="560"/>
       <c r="AA71" s="560"/>
       <c r="AB71" s="560"/>
       <c r="AC71" s="561"/>
     </row>
-    <row r="72" spans="2:35" x14ac:dyDescent="0.45">
+    <row r="72" spans="2:35" x14ac:dyDescent="0.55000000000000004">
       <c r="B72" s="177"/>
       <c r="C72" s="291"/>
       <c r="D72" s="559"/>
       <c r="E72" s="560"/>
       <c r="F72" s="560"/>
       <c r="G72" s="560"/>
       <c r="H72" s="560"/>
       <c r="I72" s="560"/>
       <c r="J72" s="560"/>
       <c r="K72" s="560"/>
       <c r="L72" s="560"/>
       <c r="M72" s="560"/>
       <c r="N72" s="560"/>
       <c r="O72" s="560"/>
       <c r="P72" s="560"/>
       <c r="Q72" s="560"/>
       <c r="R72" s="560"/>
       <c r="S72" s="560"/>
       <c r="T72" s="560"/>
       <c r="U72" s="560"/>
       <c r="V72" s="560"/>
       <c r="W72" s="560"/>
       <c r="X72" s="560"/>
       <c r="Y72" s="560"/>
       <c r="Z72" s="560"/>
       <c r="AA72" s="560"/>
       <c r="AB72" s="560"/>
       <c r="AC72" s="561"/>
     </row>
-    <row r="73" spans="2:35" x14ac:dyDescent="0.45">
+    <row r="73" spans="2:35" x14ac:dyDescent="0.55000000000000004">
       <c r="B73" s="170" t="s">
         <v>155</v>
       </c>
       <c r="C73" s="171"/>
       <c r="D73" s="171"/>
       <c r="E73" s="171"/>
       <c r="F73" s="171"/>
       <c r="G73" s="172"/>
       <c r="H73" s="170" t="s">
         <v>50</v>
       </c>
       <c r="I73" s="172"/>
       <c r="J73" s="170" t="s">
         <v>49</v>
       </c>
       <c r="K73" s="171"/>
       <c r="L73" s="171"/>
       <c r="M73" s="171"/>
       <c r="N73" s="171"/>
       <c r="O73" s="171"/>
       <c r="P73" s="171"/>
       <c r="Q73" s="171"/>
       <c r="R73" s="171"/>
       <c r="S73" s="171"/>
       <c r="T73" s="172"/>
       <c r="U73" s="170" t="s">
         <v>154</v>
       </c>
       <c r="V73" s="171"/>
       <c r="W73" s="171"/>
       <c r="X73" s="171"/>
       <c r="Y73" s="171"/>
       <c r="Z73" s="171"/>
       <c r="AA73" s="171"/>
       <c r="AB73" s="171"/>
       <c r="AC73" s="172"/>
     </row>
-    <row r="74" spans="2:35" x14ac:dyDescent="0.45">
-      <c r="B74" s="332" t="s">
+    <row r="74" spans="2:35" x14ac:dyDescent="0.55000000000000004">
+      <c r="B74" s="318" t="s">
         <v>34</v>
       </c>
       <c r="C74" s="531"/>
       <c r="D74" s="532"/>
       <c r="E74" s="532"/>
       <c r="F74" s="532"/>
       <c r="G74" s="533"/>
       <c r="H74" s="522"/>
       <c r="I74" s="522"/>
-      <c r="J74" s="332" t="s">
+      <c r="J74" s="318" t="s">
         <v>34</v>
       </c>
       <c r="K74" s="11" t="s">
         <v>37</v>
       </c>
       <c r="L74" s="130"/>
       <c r="M74" s="45" t="s">
         <v>153</v>
       </c>
       <c r="N74" s="540"/>
       <c r="O74" s="540"/>
       <c r="P74" s="194" t="s">
         <v>152</v>
       </c>
       <c r="Q74" s="195"/>
       <c r="R74" s="444"/>
       <c r="S74" s="444"/>
       <c r="T74" s="445"/>
-      <c r="U74" s="332" t="s">
+      <c r="U74" s="318" t="s">
         <v>34</v>
       </c>
       <c r="V74" s="531"/>
       <c r="W74" s="532"/>
       <c r="X74" s="532"/>
       <c r="Y74" s="532"/>
       <c r="Z74" s="532"/>
       <c r="AA74" s="532"/>
       <c r="AB74" s="532"/>
       <c r="AC74" s="533"/>
     </row>
-    <row r="75" spans="2:35" x14ac:dyDescent="0.45">
+    <row r="75" spans="2:35" x14ac:dyDescent="0.55000000000000004">
       <c r="B75" s="527"/>
       <c r="C75" s="534"/>
       <c r="D75" s="535"/>
       <c r="E75" s="535"/>
       <c r="F75" s="535"/>
       <c r="G75" s="536"/>
       <c r="H75" s="522"/>
       <c r="I75" s="522"/>
       <c r="J75" s="527"/>
       <c r="K75" s="537"/>
       <c r="L75" s="538"/>
       <c r="M75" s="538"/>
       <c r="N75" s="538"/>
       <c r="O75" s="538"/>
       <c r="P75" s="538"/>
       <c r="Q75" s="538"/>
       <c r="R75" s="538"/>
       <c r="S75" s="538"/>
       <c r="T75" s="539"/>
       <c r="U75" s="527"/>
       <c r="V75" s="534"/>
       <c r="W75" s="535"/>
       <c r="X75" s="535"/>
       <c r="Y75" s="535"/>
       <c r="Z75" s="535"/>
       <c r="AA75" s="535"/>
       <c r="AB75" s="535"/>
       <c r="AC75" s="536"/>
     </row>
-    <row r="76" spans="2:35" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="76" spans="2:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B76" s="141" t="s">
         <v>30</v>
       </c>
       <c r="C76" s="523"/>
       <c r="D76" s="523"/>
       <c r="E76" s="523"/>
       <c r="F76" s="523"/>
       <c r="G76" s="523"/>
       <c r="H76" s="522"/>
       <c r="I76" s="522"/>
       <c r="J76" s="141" t="s">
         <v>30</v>
       </c>
       <c r="K76" s="528"/>
       <c r="L76" s="529"/>
       <c r="M76" s="529"/>
       <c r="N76" s="529"/>
       <c r="O76" s="529"/>
       <c r="P76" s="529"/>
       <c r="Q76" s="529"/>
       <c r="R76" s="529"/>
       <c r="S76" s="529"/>
       <c r="T76" s="530"/>
       <c r="U76" s="141" t="s">
         <v>30</v>
       </c>
       <c r="V76" s="524"/>
       <c r="W76" s="525"/>
       <c r="X76" s="525"/>
       <c r="Y76" s="525"/>
       <c r="Z76" s="525"/>
       <c r="AA76" s="525"/>
       <c r="AB76" s="525"/>
       <c r="AC76" s="526"/>
     </row>
-    <row r="77" spans="2:35" ht="23.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B77" s="332" t="s">
+    <row r="77" spans="2:35" ht="23.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B77" s="318" t="s">
         <v>34</v>
       </c>
       <c r="C77" s="531"/>
       <c r="D77" s="532"/>
       <c r="E77" s="532"/>
       <c r="F77" s="532"/>
       <c r="G77" s="533"/>
       <c r="H77" s="522"/>
       <c r="I77" s="522"/>
-      <c r="J77" s="332" t="s">
+      <c r="J77" s="318" t="s">
         <v>34</v>
       </c>
       <c r="K77" s="11" t="s">
         <v>37</v>
       </c>
       <c r="L77" s="130"/>
       <c r="M77" s="45" t="s">
         <v>153</v>
       </c>
       <c r="N77" s="540"/>
       <c r="O77" s="540"/>
       <c r="P77" s="194" t="s">
         <v>152</v>
       </c>
       <c r="Q77" s="195"/>
       <c r="R77" s="444"/>
       <c r="S77" s="444"/>
       <c r="T77" s="445"/>
-      <c r="U77" s="332" t="s">
+      <c r="U77" s="318" t="s">
         <v>34</v>
       </c>
       <c r="V77" s="531"/>
       <c r="W77" s="532"/>
       <c r="X77" s="532"/>
       <c r="Y77" s="532"/>
       <c r="Z77" s="532"/>
       <c r="AA77" s="532"/>
       <c r="AB77" s="532"/>
       <c r="AC77" s="533"/>
     </row>
-    <row r="78" spans="2:35" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="78" spans="2:35" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B78" s="527"/>
       <c r="C78" s="534"/>
       <c r="D78" s="535"/>
       <c r="E78" s="535"/>
       <c r="F78" s="535"/>
       <c r="G78" s="536"/>
       <c r="H78" s="522"/>
       <c r="I78" s="522"/>
       <c r="J78" s="527"/>
       <c r="K78" s="537"/>
       <c r="L78" s="538"/>
       <c r="M78" s="538"/>
       <c r="N78" s="538"/>
       <c r="O78" s="538"/>
       <c r="P78" s="538"/>
       <c r="Q78" s="538"/>
       <c r="R78" s="538"/>
       <c r="S78" s="538"/>
       <c r="T78" s="539"/>
       <c r="U78" s="527"/>
       <c r="V78" s="534"/>
       <c r="W78" s="535"/>
       <c r="X78" s="535"/>
       <c r="Y78" s="535"/>
       <c r="Z78" s="535"/>
       <c r="AA78" s="535"/>
       <c r="AB78" s="535"/>
       <c r="AC78" s="536"/>
     </row>
-    <row r="79" spans="2:35" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="79" spans="2:35" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B79" s="141" t="s">
         <v>30</v>
       </c>
       <c r="C79" s="523"/>
       <c r="D79" s="523"/>
       <c r="E79" s="523"/>
       <c r="F79" s="523"/>
       <c r="G79" s="523"/>
       <c r="H79" s="522"/>
       <c r="I79" s="522"/>
       <c r="J79" s="141" t="s">
         <v>30</v>
       </c>
       <c r="K79" s="528"/>
       <c r="L79" s="529"/>
       <c r="M79" s="529"/>
       <c r="N79" s="529"/>
       <c r="O79" s="529"/>
       <c r="P79" s="529"/>
       <c r="Q79" s="529"/>
       <c r="R79" s="529"/>
       <c r="S79" s="529"/>
       <c r="T79" s="530"/>
       <c r="U79" s="141" t="s">
         <v>30</v>
       </c>
       <c r="V79" s="524"/>
       <c r="W79" s="525"/>
       <c r="X79" s="525"/>
       <c r="Y79" s="525"/>
       <c r="Z79" s="525"/>
       <c r="AA79" s="525"/>
       <c r="AB79" s="525"/>
       <c r="AC79" s="526"/>
     </row>
-    <row r="80" spans="2:35" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B80" s="332" t="s">
+    <row r="80" spans="2:35" ht="22.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B80" s="318" t="s">
         <v>34</v>
       </c>
       <c r="C80" s="531"/>
       <c r="D80" s="532"/>
       <c r="E80" s="532"/>
       <c r="F80" s="532"/>
       <c r="G80" s="533"/>
       <c r="H80" s="522"/>
       <c r="I80" s="522"/>
-      <c r="J80" s="332" t="s">
+      <c r="J80" s="318" t="s">
         <v>34</v>
       </c>
       <c r="K80" s="11" t="s">
         <v>37</v>
       </c>
       <c r="L80" s="130"/>
       <c r="M80" s="45" t="s">
         <v>153</v>
       </c>
       <c r="N80" s="540"/>
       <c r="O80" s="540"/>
       <c r="P80" s="194" t="s">
         <v>152</v>
       </c>
       <c r="Q80" s="195"/>
       <c r="R80" s="444"/>
       <c r="S80" s="444"/>
       <c r="T80" s="445"/>
-      <c r="U80" s="332" t="s">
+      <c r="U80" s="318" t="s">
         <v>34</v>
       </c>
       <c r="V80" s="531"/>
       <c r="W80" s="532"/>
       <c r="X80" s="532"/>
       <c r="Y80" s="532"/>
       <c r="Z80" s="532"/>
       <c r="AA80" s="532"/>
       <c r="AB80" s="532"/>
       <c r="AC80" s="533"/>
     </row>
-    <row r="81" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="81" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B81" s="527"/>
       <c r="C81" s="534"/>
       <c r="D81" s="535"/>
       <c r="E81" s="535"/>
       <c r="F81" s="535"/>
       <c r="G81" s="536"/>
       <c r="H81" s="522"/>
       <c r="I81" s="522"/>
       <c r="J81" s="527"/>
       <c r="K81" s="537"/>
       <c r="L81" s="538"/>
       <c r="M81" s="538"/>
       <c r="N81" s="538"/>
       <c r="O81" s="538"/>
       <c r="P81" s="538"/>
       <c r="Q81" s="538"/>
       <c r="R81" s="538"/>
       <c r="S81" s="538"/>
       <c r="T81" s="539"/>
       <c r="U81" s="527"/>
       <c r="V81" s="534"/>
       <c r="W81" s="535"/>
       <c r="X81" s="535"/>
       <c r="Y81" s="535"/>
       <c r="Z81" s="535"/>
       <c r="AA81" s="535"/>
       <c r="AB81" s="535"/>
       <c r="AC81" s="536"/>
     </row>
-    <row r="82" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="82" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B82" s="141" t="s">
         <v>30</v>
       </c>
       <c r="C82" s="523"/>
       <c r="D82" s="523"/>
       <c r="E82" s="523"/>
       <c r="F82" s="523"/>
       <c r="G82" s="523"/>
       <c r="H82" s="522"/>
       <c r="I82" s="522"/>
       <c r="J82" s="141" t="s">
         <v>30</v>
       </c>
       <c r="K82" s="528"/>
       <c r="L82" s="529"/>
       <c r="M82" s="529"/>
       <c r="N82" s="529"/>
       <c r="O82" s="529"/>
       <c r="P82" s="529"/>
       <c r="Q82" s="529"/>
       <c r="R82" s="529"/>
       <c r="S82" s="529"/>
       <c r="T82" s="530"/>
       <c r="U82" s="141" t="s">
         <v>30</v>
       </c>
       <c r="V82" s="524"/>
       <c r="W82" s="525"/>
       <c r="X82" s="525"/>
       <c r="Y82" s="525"/>
       <c r="Z82" s="525"/>
       <c r="AA82" s="525"/>
       <c r="AB82" s="525"/>
       <c r="AC82" s="526"/>
     </row>
-    <row r="83" spans="2:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B83" s="332" t="s">
+    <row r="83" spans="2:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B83" s="318" t="s">
         <v>34</v>
       </c>
       <c r="C83" s="531"/>
       <c r="D83" s="532"/>
       <c r="E83" s="532"/>
       <c r="F83" s="532"/>
       <c r="G83" s="533"/>
       <c r="H83" s="522"/>
       <c r="I83" s="522"/>
-      <c r="J83" s="332" t="s">
+      <c r="J83" s="318" t="s">
         <v>34</v>
       </c>
       <c r="K83" s="11" t="s">
         <v>37</v>
       </c>
       <c r="L83" s="130"/>
       <c r="M83" s="45" t="s">
         <v>153</v>
       </c>
       <c r="N83" s="540"/>
       <c r="O83" s="540"/>
       <c r="P83" s="194" t="s">
         <v>152</v>
       </c>
       <c r="Q83" s="195"/>
       <c r="R83" s="444"/>
       <c r="S83" s="444"/>
       <c r="T83" s="445"/>
-      <c r="U83" s="332" t="s">
+      <c r="U83" s="318" t="s">
         <v>34</v>
       </c>
       <c r="V83" s="531"/>
       <c r="W83" s="532"/>
       <c r="X83" s="532"/>
       <c r="Y83" s="532"/>
       <c r="Z83" s="532"/>
       <c r="AA83" s="532"/>
       <c r="AB83" s="532"/>
       <c r="AC83" s="533"/>
     </row>
-    <row r="84" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="84" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B84" s="527"/>
       <c r="C84" s="534"/>
       <c r="D84" s="535"/>
       <c r="E84" s="535"/>
       <c r="F84" s="535"/>
       <c r="G84" s="536"/>
       <c r="H84" s="522"/>
       <c r="I84" s="522"/>
       <c r="J84" s="527"/>
       <c r="K84" s="537"/>
       <c r="L84" s="538"/>
       <c r="M84" s="538"/>
       <c r="N84" s="538"/>
       <c r="O84" s="538"/>
       <c r="P84" s="538"/>
       <c r="Q84" s="538"/>
       <c r="R84" s="538"/>
       <c r="S84" s="538"/>
       <c r="T84" s="539"/>
       <c r="U84" s="527"/>
       <c r="V84" s="534"/>
       <c r="W84" s="535"/>
       <c r="X84" s="535"/>
       <c r="Y84" s="535"/>
       <c r="Z84" s="535"/>
       <c r="AA84" s="535"/>
       <c r="AB84" s="535"/>
       <c r="AC84" s="536"/>
     </row>
-    <row r="85" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="85" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B85" s="141" t="s">
         <v>30</v>
       </c>
       <c r="C85" s="523"/>
       <c r="D85" s="523"/>
       <c r="E85" s="523"/>
       <c r="F85" s="523"/>
       <c r="G85" s="523"/>
       <c r="H85" s="522"/>
       <c r="I85" s="522"/>
       <c r="J85" s="141" t="s">
         <v>30</v>
       </c>
       <c r="K85" s="528"/>
       <c r="L85" s="529"/>
       <c r="M85" s="529"/>
       <c r="N85" s="529"/>
       <c r="O85" s="529"/>
       <c r="P85" s="529"/>
       <c r="Q85" s="529"/>
       <c r="R85" s="529"/>
       <c r="S85" s="529"/>
       <c r="T85" s="530"/>
       <c r="U85" s="141" t="s">
         <v>30</v>
       </c>
       <c r="V85" s="524"/>
       <c r="W85" s="525"/>
       <c r="X85" s="525"/>
       <c r="Y85" s="525"/>
       <c r="Z85" s="525"/>
       <c r="AA85" s="525"/>
       <c r="AB85" s="525"/>
       <c r="AC85" s="526"/>
     </row>
-    <row r="86" spans="2:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B86" s="332" t="s">
+    <row r="86" spans="2:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B86" s="318" t="s">
         <v>34</v>
       </c>
       <c r="C86" s="531"/>
       <c r="D86" s="532"/>
       <c r="E86" s="532"/>
       <c r="F86" s="532"/>
       <c r="G86" s="533"/>
       <c r="H86" s="522"/>
       <c r="I86" s="522"/>
-      <c r="J86" s="332" t="s">
+      <c r="J86" s="318" t="s">
         <v>34</v>
       </c>
       <c r="K86" s="11" t="s">
         <v>37</v>
       </c>
       <c r="L86" s="130"/>
       <c r="M86" s="45" t="s">
         <v>153</v>
       </c>
       <c r="N86" s="540"/>
       <c r="O86" s="540"/>
       <c r="P86" s="194" t="s">
         <v>152</v>
       </c>
       <c r="Q86" s="195"/>
       <c r="R86" s="444"/>
       <c r="S86" s="444"/>
       <c r="T86" s="445"/>
-      <c r="U86" s="332" t="s">
+      <c r="U86" s="318" t="s">
         <v>34</v>
       </c>
       <c r="V86" s="531"/>
       <c r="W86" s="532"/>
       <c r="X86" s="532"/>
       <c r="Y86" s="532"/>
       <c r="Z86" s="532"/>
       <c r="AA86" s="532"/>
       <c r="AB86" s="532"/>
       <c r="AC86" s="533"/>
     </row>
-    <row r="87" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="87" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B87" s="527"/>
       <c r="C87" s="534"/>
       <c r="D87" s="535"/>
       <c r="E87" s="535"/>
       <c r="F87" s="535"/>
       <c r="G87" s="536"/>
       <c r="H87" s="522"/>
       <c r="I87" s="522"/>
       <c r="J87" s="527"/>
       <c r="K87" s="537"/>
       <c r="L87" s="538"/>
       <c r="M87" s="538"/>
       <c r="N87" s="538"/>
       <c r="O87" s="538"/>
       <c r="P87" s="538"/>
       <c r="Q87" s="538"/>
       <c r="R87" s="538"/>
       <c r="S87" s="538"/>
       <c r="T87" s="539"/>
       <c r="U87" s="527"/>
       <c r="V87" s="534"/>
       <c r="W87" s="535"/>
       <c r="X87" s="535"/>
       <c r="Y87" s="535"/>
       <c r="Z87" s="535"/>
       <c r="AA87" s="535"/>
       <c r="AB87" s="535"/>
       <c r="AC87" s="536"/>
     </row>
-    <row r="88" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="88" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B88" s="141" t="s">
         <v>30</v>
       </c>
       <c r="C88" s="523"/>
       <c r="D88" s="523"/>
       <c r="E88" s="523"/>
       <c r="F88" s="523"/>
       <c r="G88" s="523"/>
       <c r="H88" s="522"/>
       <c r="I88" s="522"/>
       <c r="J88" s="141" t="s">
         <v>30</v>
       </c>
       <c r="K88" s="528"/>
       <c r="L88" s="529"/>
       <c r="M88" s="529"/>
       <c r="N88" s="529"/>
       <c r="O88" s="529"/>
       <c r="P88" s="529"/>
       <c r="Q88" s="529"/>
       <c r="R88" s="529"/>
       <c r="S88" s="529"/>
       <c r="T88" s="530"/>
       <c r="U88" s="141" t="s">
         <v>30</v>
       </c>
       <c r="V88" s="524"/>
       <c r="W88" s="525"/>
       <c r="X88" s="525"/>
       <c r="Y88" s="525"/>
       <c r="Z88" s="525"/>
       <c r="AA88" s="525"/>
       <c r="AB88" s="525"/>
       <c r="AC88" s="526"/>
     </row>
-    <row r="89" spans="2:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="89" spans="2:29" ht="22.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B89" s="61" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="90" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="90" spans="2:29" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B90" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="91" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="91" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B91" s="180" t="s">
         <v>27</v>
       </c>
       <c r="C91" s="180"/>
       <c r="D91" s="180"/>
       <c r="E91" s="180"/>
       <c r="F91" s="180"/>
       <c r="G91" s="180"/>
       <c r="H91" s="184"/>
       <c r="I91" s="129"/>
       <c r="J91" s="551" t="s">
         <v>26</v>
       </c>
       <c r="K91" s="552"/>
       <c r="L91" s="552"/>
       <c r="M91" s="552"/>
       <c r="N91" s="70"/>
       <c r="O91" s="552" t="s">
         <v>25</v>
       </c>
       <c r="P91" s="552"/>
       <c r="Q91" s="552"/>
       <c r="R91" s="70"/>
       <c r="S91" s="552" t="s">
         <v>24</v>
       </c>
       <c r="T91" s="552"/>
       <c r="U91" s="552"/>
       <c r="V91" s="552"/>
       <c r="W91" s="60"/>
       <c r="X91" s="60"/>
       <c r="Y91" s="60"/>
       <c r="Z91" s="60"/>
       <c r="AA91" s="60"/>
       <c r="AB91" s="60"/>
       <c r="AC91" s="59"/>
     </row>
-    <row r="92" spans="2:29" ht="27.45" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B92" s="429" t="s">
+    <row r="92" spans="2:29" ht="27.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B92" s="420" t="s">
         <v>22</v>
       </c>
-      <c r="C92" s="429"/>
-[...4 lines deleted...]
-      <c r="H92" s="429"/>
+      <c r="C92" s="420"/>
+      <c r="D92" s="420"/>
+      <c r="E92" s="420"/>
+      <c r="F92" s="420"/>
+      <c r="G92" s="420"/>
+      <c r="H92" s="420"/>
       <c r="I92" s="181" t="s">
         <v>21</v>
       </c>
       <c r="J92" s="181"/>
       <c r="K92" s="553"/>
       <c r="L92" s="553"/>
       <c r="M92" s="553"/>
       <c r="N92" s="553"/>
       <c r="O92" s="553"/>
       <c r="P92" s="553"/>
       <c r="Q92" s="553"/>
       <c r="R92" s="553"/>
       <c r="S92" s="181" t="s">
         <v>94</v>
       </c>
       <c r="T92" s="181"/>
       <c r="U92" s="553"/>
       <c r="V92" s="553"/>
       <c r="W92" s="553"/>
       <c r="X92" s="553"/>
       <c r="Y92" s="553"/>
       <c r="Z92" s="553"/>
       <c r="AA92" s="553"/>
       <c r="AB92" s="553"/>
       <c r="AC92" s="553"/>
     </row>
-    <row r="93" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="93" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B93" s="10" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="94" spans="2:29" ht="26.25" customHeight="1" x14ac:dyDescent="0.45"/>
-    <row r="95" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="94" spans="2:29" ht="26.25" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="95" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B95" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="96" spans="2:29" ht="13.05" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="96" spans="2:29" ht="13" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B96" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="1"/>
     </row>
-    <row r="97" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="97" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B97" s="8" t="s">
         <v>173</v>
       </c>
       <c r="C97" s="1"/>
     </row>
-    <row r="98" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="98" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B98" s="180" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="180"/>
       <c r="D98" s="180"/>
       <c r="E98" s="180"/>
       <c r="F98" s="180"/>
       <c r="G98" s="180"/>
       <c r="H98" s="180"/>
       <c r="I98" s="180"/>
       <c r="J98" s="180"/>
       <c r="K98" s="180"/>
       <c r="L98" s="180"/>
       <c r="M98" s="180"/>
       <c r="N98" s="180"/>
       <c r="O98" s="180"/>
       <c r="P98" s="180"/>
       <c r="Q98" s="180"/>
       <c r="R98" s="180"/>
       <c r="S98" s="180"/>
       <c r="T98" s="180"/>
       <c r="U98" s="180"/>
       <c r="V98" s="180"/>
       <c r="W98" s="180"/>
       <c r="X98" s="180"/>
       <c r="Y98" s="180"/>
       <c r="Z98" s="180"/>
       <c r="AA98" s="180"/>
       <c r="AB98" s="181" t="s">
         <v>4</v>
       </c>
       <c r="AC98" s="181"/>
     </row>
-    <row r="99" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="99" spans="2:29" ht="13.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B99" s="3">
         <v>1</v>
       </c>
-      <c r="C99" s="430" t="s">
+      <c r="C99" s="421" t="s">
         <v>12</v>
       </c>
-      <c r="D99" s="430"/>
-[...22 lines deleted...]
-      <c r="AA99" s="430"/>
+      <c r="D99" s="421"/>
+      <c r="E99" s="421"/>
+      <c r="F99" s="421"/>
+      <c r="G99" s="421"/>
+      <c r="H99" s="421"/>
+      <c r="I99" s="421"/>
+      <c r="J99" s="421"/>
+      <c r="K99" s="421"/>
+      <c r="L99" s="421"/>
+      <c r="M99" s="421"/>
+      <c r="N99" s="421"/>
+      <c r="O99" s="421"/>
+      <c r="P99" s="421"/>
+      <c r="Q99" s="421"/>
+      <c r="R99" s="421"/>
+      <c r="S99" s="421"/>
+      <c r="T99" s="421"/>
+      <c r="U99" s="421"/>
+      <c r="V99" s="421"/>
+      <c r="W99" s="421"/>
+      <c r="X99" s="421"/>
+      <c r="Y99" s="421"/>
+      <c r="Z99" s="421"/>
+      <c r="AA99" s="421"/>
       <c r="AB99" s="550"/>
       <c r="AC99" s="550"/>
     </row>
-    <row r="100" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="100" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B100" s="3">
         <v>2</v>
       </c>
       <c r="C100" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D100" s="6"/>
       <c r="E100" s="6"/>
       <c r="F100" s="6"/>
       <c r="G100" s="6"/>
       <c r="H100" s="6"/>
       <c r="I100" s="6"/>
       <c r="J100" s="6"/>
       <c r="K100" s="6"/>
       <c r="L100" s="6"/>
       <c r="M100" s="6"/>
       <c r="N100" s="6"/>
       <c r="O100" s="6"/>
-      <c r="P100" s="431" t="s">
+      <c r="P100" s="422" t="s">
         <v>9</v>
       </c>
-      <c r="Q100" s="315"/>
-[...9 lines deleted...]
-      <c r="AA100" s="316"/>
+      <c r="Q100" s="382"/>
+      <c r="R100" s="382"/>
+      <c r="S100" s="382"/>
+      <c r="T100" s="382"/>
+      <c r="U100" s="382"/>
+      <c r="V100" s="382"/>
+      <c r="W100" s="382"/>
+      <c r="X100" s="382"/>
+      <c r="Y100" s="382"/>
+      <c r="Z100" s="382"/>
+      <c r="AA100" s="383"/>
       <c r="AB100" s="550"/>
       <c r="AC100" s="550"/>
     </row>
-    <row r="101" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="101" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B101" s="3">
         <v>3</v>
       </c>
       <c r="C101" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="6"/>
       <c r="E101" s="6"/>
       <c r="F101" s="6"/>
       <c r="G101" s="6"/>
       <c r="H101" s="6"/>
       <c r="I101" s="6"/>
       <c r="J101" s="6"/>
       <c r="K101" s="6"/>
       <c r="L101" s="6"/>
       <c r="M101" s="6"/>
       <c r="N101" s="6"/>
       <c r="O101" s="6"/>
-      <c r="P101" s="432"/>
-[...10 lines deleted...]
-      <c r="AA101" s="434"/>
+      <c r="P101" s="423"/>
+      <c r="Q101" s="424"/>
+      <c r="R101" s="424"/>
+      <c r="S101" s="424"/>
+      <c r="T101" s="424"/>
+      <c r="U101" s="424"/>
+      <c r="V101" s="424"/>
+      <c r="W101" s="424"/>
+      <c r="X101" s="424"/>
+      <c r="Y101" s="424"/>
+      <c r="Z101" s="424"/>
+      <c r="AA101" s="425"/>
       <c r="AB101" s="550"/>
       <c r="AC101" s="550"/>
     </row>
-    <row r="102" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="102" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B102" s="3">
         <v>4</v>
       </c>
       <c r="C102" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="6"/>
       <c r="E102" s="6"/>
       <c r="F102" s="6"/>
       <c r="G102" s="6"/>
       <c r="H102" s="6"/>
       <c r="I102" s="6"/>
       <c r="J102" s="6"/>
       <c r="K102" s="6"/>
       <c r="L102" s="6"/>
       <c r="M102" s="6"/>
       <c r="N102" s="6"/>
       <c r="O102" s="6"/>
-      <c r="P102" s="317"/>
-[...10 lines deleted...]
-      <c r="AA102" s="319"/>
+      <c r="P102" s="384"/>
+      <c r="Q102" s="385"/>
+      <c r="R102" s="385"/>
+      <c r="S102" s="385"/>
+      <c r="T102" s="385"/>
+      <c r="U102" s="385"/>
+      <c r="V102" s="385"/>
+      <c r="W102" s="385"/>
+      <c r="X102" s="385"/>
+      <c r="Y102" s="385"/>
+      <c r="Z102" s="385"/>
+      <c r="AA102" s="386"/>
       <c r="AB102" s="550"/>
       <c r="AC102" s="550"/>
     </row>
-    <row r="103" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="103" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="F103" s="5"/>
       <c r="G103" s="4"/>
       <c r="H103" s="5"/>
       <c r="I103" s="4"/>
     </row>
-    <row r="105" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="105" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B105" s="180" t="s">
         <v>5</v>
       </c>
       <c r="C105" s="180"/>
       <c r="D105" s="180"/>
       <c r="E105" s="180"/>
       <c r="F105" s="180"/>
       <c r="G105" s="180"/>
       <c r="H105" s="180"/>
       <c r="I105" s="180"/>
       <c r="J105" s="180"/>
       <c r="K105" s="180"/>
       <c r="L105" s="180"/>
       <c r="M105" s="180"/>
       <c r="N105" s="180"/>
       <c r="O105" s="180"/>
       <c r="P105" s="180"/>
       <c r="Q105" s="180"/>
       <c r="R105" s="180"/>
       <c r="S105" s="180"/>
       <c r="T105" s="180"/>
       <c r="U105" s="180"/>
       <c r="V105" s="180"/>
       <c r="W105" s="180"/>
       <c r="X105" s="180"/>
       <c r="Y105" s="180"/>
       <c r="Z105" s="180"/>
       <c r="AA105" s="180"/>
       <c r="AB105" s="181" t="s">
         <v>4</v>
       </c>
       <c r="AC105" s="181"/>
     </row>
-    <row r="106" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="106" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B106" s="3">
         <v>1</v>
       </c>
-      <c r="C106" s="421" t="s">
+      <c r="C106" s="412" t="s">
         <v>3</v>
       </c>
-      <c r="D106" s="422"/>
-[...11 lines deleted...]
-      <c r="P106" s="424" t="s">
+      <c r="D106" s="413"/>
+      <c r="E106" s="413"/>
+      <c r="F106" s="413"/>
+      <c r="G106" s="413"/>
+      <c r="H106" s="413"/>
+      <c r="I106" s="413"/>
+      <c r="J106" s="413"/>
+      <c r="K106" s="413"/>
+      <c r="L106" s="413"/>
+      <c r="M106" s="413"/>
+      <c r="N106" s="413"/>
+      <c r="O106" s="414"/>
+      <c r="P106" s="415" t="s">
         <v>2</v>
       </c>
-      <c r="Q106" s="425"/>
-[...9 lines deleted...]
-      <c r="AA106" s="426"/>
+      <c r="Q106" s="416"/>
+      <c r="R106" s="416"/>
+      <c r="S106" s="416"/>
+      <c r="T106" s="416"/>
+      <c r="U106" s="416"/>
+      <c r="V106" s="416"/>
+      <c r="W106" s="416"/>
+      <c r="X106" s="416"/>
+      <c r="Y106" s="416"/>
+      <c r="Z106" s="416"/>
+      <c r="AA106" s="417"/>
       <c r="AB106" s="550"/>
       <c r="AC106" s="550"/>
     </row>
-    <row r="107" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="107" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B107" s="58"/>
       <c r="C107" s="57"/>
       <c r="D107" s="57"/>
       <c r="E107" s="57"/>
       <c r="F107" s="57"/>
       <c r="G107" s="57"/>
       <c r="H107" s="57"/>
       <c r="I107" s="57"/>
       <c r="J107" s="57"/>
       <c r="K107" s="57"/>
       <c r="L107" s="57"/>
       <c r="M107" s="57"/>
       <c r="N107" s="57"/>
       <c r="O107" s="57"/>
       <c r="P107" s="57"/>
       <c r="Q107" s="57"/>
       <c r="R107" s="57"/>
       <c r="S107" s="57"/>
       <c r="T107" s="57"/>
       <c r="U107" s="57"/>
       <c r="V107" s="57"/>
       <c r="W107" s="57"/>
       <c r="X107" s="57"/>
       <c r="Y107" s="57"/>
       <c r="Z107" s="57"/>
       <c r="AA107" s="57"/>
       <c r="AB107" s="49"/>
       <c r="AC107" s="49"/>
     </row>
-    <row r="108" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="108" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B108" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="109" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="109" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B109" s="541"/>
       <c r="C109" s="542"/>
       <c r="D109" s="542"/>
       <c r="E109" s="542"/>
       <c r="F109" s="542"/>
       <c r="G109" s="542"/>
       <c r="H109" s="542"/>
       <c r="I109" s="542"/>
       <c r="J109" s="542"/>
       <c r="K109" s="542"/>
       <c r="L109" s="542"/>
       <c r="M109" s="542"/>
       <c r="N109" s="542"/>
       <c r="O109" s="542"/>
       <c r="P109" s="542"/>
       <c r="Q109" s="542"/>
       <c r="R109" s="542"/>
       <c r="S109" s="542"/>
       <c r="T109" s="542"/>
       <c r="U109" s="542"/>
       <c r="V109" s="542"/>
       <c r="W109" s="542"/>
       <c r="X109" s="542"/>
       <c r="Y109" s="542"/>
       <c r="Z109" s="542"/>
       <c r="AA109" s="542"/>
       <c r="AB109" s="542"/>
       <c r="AC109" s="543"/>
     </row>
-    <row r="110" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="110" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B110" s="544"/>
       <c r="C110" s="545"/>
       <c r="D110" s="545"/>
       <c r="E110" s="545"/>
       <c r="F110" s="545"/>
       <c r="G110" s="545"/>
       <c r="H110" s="545"/>
       <c r="I110" s="545"/>
       <c r="J110" s="545"/>
       <c r="K110" s="545"/>
       <c r="L110" s="545"/>
       <c r="M110" s="545"/>
       <c r="N110" s="545"/>
       <c r="O110" s="545"/>
       <c r="P110" s="545"/>
       <c r="Q110" s="545"/>
       <c r="R110" s="545"/>
       <c r="S110" s="545"/>
       <c r="T110" s="545"/>
       <c r="U110" s="545"/>
       <c r="V110" s="545"/>
       <c r="W110" s="545"/>
       <c r="X110" s="545"/>
       <c r="Y110" s="545"/>
       <c r="Z110" s="545"/>
       <c r="AA110" s="545"/>
       <c r="AB110" s="545"/>
       <c r="AC110" s="546"/>
     </row>
-    <row r="111" spans="2:29" x14ac:dyDescent="0.45">
+    <row r="111" spans="2:29" x14ac:dyDescent="0.55000000000000004">
       <c r="B111" s="547"/>
       <c r="C111" s="548"/>
       <c r="D111" s="548"/>
       <c r="E111" s="548"/>
       <c r="F111" s="548"/>
       <c r="G111" s="548"/>
       <c r="H111" s="548"/>
       <c r="I111" s="548"/>
       <c r="J111" s="548"/>
       <c r="K111" s="548"/>
       <c r="L111" s="548"/>
       <c r="M111" s="548"/>
       <c r="N111" s="548"/>
       <c r="O111" s="548"/>
       <c r="P111" s="548"/>
       <c r="Q111" s="548"/>
       <c r="R111" s="548"/>
       <c r="S111" s="548"/>
       <c r="T111" s="548"/>
       <c r="U111" s="548"/>
       <c r="V111" s="548"/>
       <c r="W111" s="548"/>
       <c r="X111" s="548"/>
       <c r="Y111" s="548"/>
       <c r="Z111" s="548"/>
       <c r="AA111" s="548"/>
       <c r="AB111" s="548"/>
       <c r="AC111" s="549"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Jt1pLLR0YNvy61Izb8MqF2hyPhIbGA1vi0K+uLpxPhj1b1hAUoe7UWXTCCFDU+Lht+G9p/wQGUjw5XAUyQOzHA==" saltValue="BcYF1smJR1OcvOyhBLWn1w==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-  <mergeCells count="198">
+  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="200">
     <mergeCell ref="B69:C70"/>
     <mergeCell ref="D69:AC70"/>
     <mergeCell ref="B71:C72"/>
     <mergeCell ref="D71:AC72"/>
     <mergeCell ref="B60:D60"/>
     <mergeCell ref="B61:D61"/>
     <mergeCell ref="B65:AC65"/>
     <mergeCell ref="V77:AC78"/>
     <mergeCell ref="E47:H47"/>
     <mergeCell ref="I47:O48"/>
     <mergeCell ref="P47:V48"/>
     <mergeCell ref="E48:H48"/>
     <mergeCell ref="B53:D53"/>
     <mergeCell ref="E53:G53"/>
     <mergeCell ref="H53:J53"/>
+    <mergeCell ref="AB47:AC47"/>
     <mergeCell ref="AB1:AD1"/>
     <mergeCell ref="K88:T88"/>
     <mergeCell ref="K87:T87"/>
     <mergeCell ref="K84:T84"/>
     <mergeCell ref="K81:T81"/>
     <mergeCell ref="K78:T78"/>
     <mergeCell ref="I92:J92"/>
     <mergeCell ref="K92:R92"/>
     <mergeCell ref="S92:T92"/>
     <mergeCell ref="U92:AC92"/>
     <mergeCell ref="H77:I79"/>
     <mergeCell ref="N77:O77"/>
     <mergeCell ref="V82:AC82"/>
     <mergeCell ref="J80:J81"/>
     <mergeCell ref="U80:U81"/>
     <mergeCell ref="V79:AC79"/>
     <mergeCell ref="B66:AC66"/>
     <mergeCell ref="B67:AC67"/>
     <mergeCell ref="V80:AC81"/>
     <mergeCell ref="K82:T82"/>
     <mergeCell ref="B83:B84"/>
     <mergeCell ref="C83:G84"/>
     <mergeCell ref="J83:J84"/>
     <mergeCell ref="O91:Q91"/>
     <mergeCell ref="S91:V91"/>
@@ -14323,50 +14360,51 @@
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="J33:Q33"/>
     <mergeCell ref="R33:T35"/>
     <mergeCell ref="AC33:AC35"/>
     <mergeCell ref="H34:Q35"/>
     <mergeCell ref="V35:AB35"/>
     <mergeCell ref="B36:D38"/>
     <mergeCell ref="E36:G38"/>
     <mergeCell ref="H36:I36"/>
     <mergeCell ref="J36:Q36"/>
     <mergeCell ref="R36:T38"/>
     <mergeCell ref="AC36:AC38"/>
     <mergeCell ref="H37:Q38"/>
     <mergeCell ref="V38:AB38"/>
     <mergeCell ref="Z33:AB33"/>
     <mergeCell ref="R30:T32"/>
     <mergeCell ref="F42:AC42"/>
     <mergeCell ref="E45:H45"/>
     <mergeCell ref="I45:O45"/>
     <mergeCell ref="W45:AC45"/>
     <mergeCell ref="E46:H46"/>
     <mergeCell ref="Q46:R46"/>
     <mergeCell ref="AC30:AC32"/>
     <mergeCell ref="H31:Q32"/>
     <mergeCell ref="V32:AB32"/>
+    <mergeCell ref="AB46:AC46"/>
     <mergeCell ref="AB19:AC19"/>
     <mergeCell ref="AC20:AC21"/>
     <mergeCell ref="Z31:AB31"/>
     <mergeCell ref="Z30:AB30"/>
     <mergeCell ref="I15:AC16"/>
     <mergeCell ref="K14:AC14"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="J12:AC12"/>
     <mergeCell ref="D13:AC13"/>
     <mergeCell ref="C14:C16"/>
     <mergeCell ref="D14:G16"/>
     <mergeCell ref="H14:H16"/>
     <mergeCell ref="I14:J14"/>
     <mergeCell ref="B29:D29"/>
     <mergeCell ref="E29:G29"/>
     <mergeCell ref="H29:Q29"/>
     <mergeCell ref="R29:T29"/>
     <mergeCell ref="U29:AB29"/>
     <mergeCell ref="B30:D32"/>
     <mergeCell ref="E30:G32"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="J30:Q30"/>
     <mergeCell ref="B2:M3"/>